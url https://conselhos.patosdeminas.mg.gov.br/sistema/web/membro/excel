--- v0 (2025-12-08)
+++ v1 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Worksheet'!$A$1:$K$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="969">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="952">
   <si>
     <t>Conselho</t>
   </si>
   <si>
     <t>Órgão</t>
   </si>
   <si>
     <t>Nome</t>
   </si>
   <si>
     <t>Origem</t>
   </si>
   <si>
     <t>Função</t>
   </si>
   <si>
     <t>Representação</t>
   </si>
   <si>
     <t>Nome da entidade/órgão que representa</t>
   </si>
   <si>
     <t>Data de início</t>
   </si>
   <si>
@@ -400,1979 +400,1916 @@
   <si>
     <t>Lenimar Aparecida Rosa e Fonseca</t>
   </si>
   <si>
     <t>Maria Luísa Elias Silva</t>
   </si>
   <si>
     <t>Cristiane dos Santos Ramos da Silva</t>
   </si>
   <si>
     <t>Maria Geralda Rezende de Melo</t>
   </si>
   <si>
     <t>Sueli Braz Boaventura Rodrigues Pereira</t>
   </si>
   <si>
     <t>Adriano Rabelo Spagnuolo Souza</t>
   </si>
   <si>
     <t>Conselho Municipal de Assistência Social - CMAS</t>
   </si>
   <si>
     <t>Secretaria Municipal de Desenvolvimento Social</t>
   </si>
   <si>
-    <t>Fernanda Cristina Dias Fonseca</t>
+    <t>Walderlene Alves Santana</t>
+  </si>
+  <si>
+    <t>31/01/2026</t>
+  </si>
+  <si>
+    <t>31/01/2028</t>
+  </si>
+  <si>
+    <t>Portaria nº 5.044 de 21 de Janeiro de 2026</t>
+  </si>
+  <si>
+    <t>http://leis.org/31wil</t>
+  </si>
+  <si>
+    <t>Andréia Aparecida Soares</t>
+  </si>
+  <si>
+    <t>30/01/2028</t>
+  </si>
+  <si>
+    <t>Alessandra Cristina Ávila Araújo</t>
+  </si>
+  <si>
+    <t>Raisa Alves Noronha</t>
+  </si>
+  <si>
+    <t>Joana D`Arc Soares</t>
+  </si>
+  <si>
+    <t>Elane Machado Diniz Cunha</t>
+  </si>
+  <si>
+    <t>Debliane Alves</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Nilza Aparecida Ferreira</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Saúde</t>
+  </si>
+  <si>
+    <t>Ana Paula Pereira</t>
+  </si>
+  <si>
+    <t>Susiêny Sara de Carvalho Nakao</t>
+  </si>
+  <si>
+    <t>Sofia Lenira Braga</t>
+  </si>
+  <si>
+    <t>Valéria de Melo Silva Teixeira</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>Pablo de Brito Pereira Alves</t>
+  </si>
+  <si>
+    <t>Vinícius Diogenes Maia</t>
+  </si>
+  <si>
+    <t>Adriana Gonçalves Borges</t>
+  </si>
+  <si>
+    <t>Cláudia Dutra Caixeta</t>
+  </si>
+  <si>
+    <t>Associação de Proteção a Maternidade Infância e Velhice de Patos de Minas Casa das Meninas</t>
+  </si>
+  <si>
+    <t>Cláudia Márcia Miranda da Silveira</t>
+  </si>
+  <si>
+    <t>Associação dos Deficientes Visuais de Patos de Minas - ADV</t>
+  </si>
+  <si>
+    <t>Camilla Mariane da Silva Tavares</t>
+  </si>
+  <si>
+    <t>Fundação de Prevenção e Apoio à Pessoa com Câncer - "Pró-Curar-Se"</t>
+  </si>
+  <si>
+    <t>Sintia Tavares Prado Gonzaga</t>
+  </si>
+  <si>
+    <t>Associação Vem-Ser de Proteção e Assistência à Criança e ao Adolescente de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Marcelo Machado Brito</t>
+  </si>
+  <si>
+    <t>Associação de Pais, Amigos e Profissionais dos Autistas de Patos de Minas - Esperança Azul</t>
+  </si>
+  <si>
+    <t>Bruna Maciel Sales</t>
+  </si>
+  <si>
+    <t>Rede Cidadã</t>
+  </si>
+  <si>
+    <t>Maria Aparecida Maciel</t>
+  </si>
+  <si>
+    <t>Trabalhadores da área da assistência social</t>
+  </si>
+  <si>
+    <t>TRABALHADORES DA ÁREA DE ASSISTÊNCIA SOCIAL</t>
+  </si>
+  <si>
+    <t>Fabíola Cristina Andrade de Almeida</t>
+  </si>
+  <si>
+    <t>Roseli Luiz da Silva</t>
+  </si>
+  <si>
+    <t>Wilker Dias Silva</t>
+  </si>
+  <si>
+    <t>31/01/2024</t>
+  </si>
+  <si>
+    <t>Maria de Fátima Rocha</t>
+  </si>
+  <si>
+    <t>Trabalhadores da Área da Assistência Social</t>
+  </si>
+  <si>
+    <t>Simone Maria Rosa Pereira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Representantes dos Usuários da Assistência social </t>
+  </si>
+  <si>
+    <t>Usuários da Assistência Social</t>
+  </si>
+  <si>
+    <t>Andréia Felix Pereira</t>
+  </si>
+  <si>
+    <t>Carlos Vinícius Pereira</t>
+  </si>
+  <si>
+    <t>João Batista dos Santos</t>
+  </si>
+  <si>
+    <t>Marta Rejane de Sousa Couto</t>
+  </si>
+  <si>
+    <t>Alcineide Lima de Jesus Vaz</t>
+  </si>
+  <si>
+    <t>Elaine Cristina Oliveira Tawil</t>
+  </si>
+  <si>
+    <t>Portaria nº 5.051, de 03 de Fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>http://leis.org/33lf4</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conselho Municipal de Controle Social de Saneamento Básico - COMSAB </t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Planejamento e Urbanismo</t>
+  </si>
+  <si>
+    <t>Ana Lúcia Maia</t>
+  </si>
+  <si>
+    <t>Serviço Concessionário do Sistema de Abastecimento de Água e Esgotamento Sanitário</t>
+  </si>
+  <si>
+    <t>19/09/2023</t>
+  </si>
+  <si>
+    <t>19/09/2025</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.744, de 19 de setembro de 2023.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/0t43n</t>
+  </si>
+  <si>
+    <t>Celso José Gonçalves do Nascimento</t>
+  </si>
+  <si>
+    <t>Adriella Guimarães Rosa Caixeta</t>
+  </si>
+  <si>
+    <t>Serviço Público do Sistema de Abastecimento de Água e de Esgotamento Sanitário e do Sistema de Manejo de Águas Pluviais</t>
+  </si>
+  <si>
+    <t>Diogo Gabriel dos Santos</t>
+  </si>
+  <si>
+    <t>Myllene Gonçalves Caixeta</t>
+  </si>
+  <si>
+    <t>Serviço Público do Sistema de Manejo de Resíduos Sólidos</t>
+  </si>
+  <si>
+    <t>Adão José Valentim Porto</t>
+  </si>
+  <si>
+    <t>Gustavo Augusto Caixeta Burgo</t>
+  </si>
+  <si>
+    <t>Setor de Planejamento Urbano do Município</t>
+  </si>
+  <si>
+    <t>Gabriela Porto Soares</t>
+  </si>
+  <si>
+    <t>Sophia Lorena Pinto Vieira</t>
+  </si>
+  <si>
+    <t>Setor de Meio Ambiente do Município</t>
+  </si>
+  <si>
+    <t>Suellen Cristine Meira</t>
+  </si>
+  <si>
+    <t>Geize Carla Soares Marques</t>
+  </si>
+  <si>
+    <t>Setor de Saúde do Município</t>
+  </si>
+  <si>
+    <t>Luciano Caetano do Amaral</t>
+  </si>
+  <si>
+    <t>Aislan Henrique da Silva</t>
+  </si>
+  <si>
+    <t>Representantes de Entidades não Governamentais Ligadas ao Saneamento Básico ou Meio Ambiente</t>
+  </si>
+  <si>
+    <t>Osvaldo José de Mendonça</t>
+  </si>
+  <si>
+    <t>Rafael Godinho Nogueira</t>
+  </si>
+  <si>
+    <t>Representantes de Órgão de Defesa ao Consumidor</t>
+  </si>
+  <si>
+    <t>Cleide Maria Duarte de Sousa</t>
+  </si>
+  <si>
+    <t>Fabiano Soares Correa</t>
+  </si>
+  <si>
+    <t>Representantes de Entidades de Classe Ligadas ao Saneamento Básico</t>
+  </si>
+  <si>
+    <t>Clever Gomes Caixeta</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Agricultura, Pecuária, Infraestrutura Rural e Desenvolvimento Sustentável</t>
+  </si>
+  <si>
+    <t>Jacqueline Fernandes Jorge</t>
   </si>
   <si>
     <t>Representantes da área governamental</t>
   </si>
   <si>
-    <t>30/01/2024</t>
-[...38 lines deleted...]
-    <t>Pablo de Brito Pereira Alves</t>
+    <t xml:space="preserve"> EMATER-MG</t>
+  </si>
+  <si>
+    <t>10/09/2025</t>
+  </si>
+  <si>
+    <t>09/09/2027</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.012, DE 10 DE SETEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2q486</t>
+  </si>
+  <si>
+    <t>Marcos Vinícius Souza Mota</t>
+  </si>
+  <si>
+    <t>Talis Henrique Teixeira</t>
+  </si>
+  <si>
+    <t>Representantes indicados por Entidades Civis Organizadas</t>
+  </si>
+  <si>
+    <t>Sindicato dos Produtores Rurais de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Pedro Almeida Campos</t>
+  </si>
+  <si>
+    <t>Luciano Marra Silva Lopes Camilo</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Agricultura, Pecuária e Desenvolvimento Sustentável:</t>
+  </si>
+  <si>
+    <t>José Café Rodrigues de Oliveira</t>
+  </si>
+  <si>
+    <t>Brasilina Pereira Gontijo</t>
+  </si>
+  <si>
+    <t>Lazara Maria da Silva Rosa</t>
+  </si>
+  <si>
+    <t>Tatiana de Sousa Campos</t>
+  </si>
+  <si>
+    <t>Kalil Samuel Karim Resende</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Obras Públicas</t>
+  </si>
+  <si>
+    <t>Sérgio Pereira Borges</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Viviane Elen de Castro Sampaio</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.012, DE 10 DE SETEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>WALDERLENE ALVES SANTANA</t>
+  </si>
+  <si>
+    <t>Aparecida Maria Gonçalves Alves</t>
+  </si>
+  <si>
+    <t>Representantes de Entidades Representativas dos Agricultores Familiares</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário-CDC da Cabeceira da Abelha</t>
+  </si>
+  <si>
+    <t>Manoel Garcia Nunes</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário-CDC de Pilar</t>
+  </si>
+  <si>
+    <t>Jantete Dias de Leles Silva</t>
+  </si>
+  <si>
+    <t>Maria Maura David</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário-CDC da Colônia Agrícola</t>
+  </si>
+  <si>
+    <t>Paulo Sérgio Rodrigues</t>
+  </si>
+  <si>
+    <t>Reis Tobias Rodrigues</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário-CDC do Café Patense</t>
+  </si>
+  <si>
+    <t>Altamir Luiz Rodrigues</t>
+  </si>
+  <si>
+    <t>Wanderson Pereira Silva</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário-CDC de Boassara</t>
+  </si>
+  <si>
+    <t>Moacir Manoel Felicíssimo</t>
+  </si>
+  <si>
+    <t>Cássia Lemos Coimbra</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário-CDC de Bom Sucesso</t>
+  </si>
+  <si>
+    <t>Elizabeth Maria Lopes de Oliveira</t>
+  </si>
+  <si>
+    <t>Fabiana do Nascimento Cordeiro</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário-CDC de Sapé</t>
+  </si>
+  <si>
+    <t>Joaquina de Lourdes Saturnino Braga</t>
+  </si>
+  <si>
+    <t>Gilmar Nunes Ribeiro</t>
+  </si>
+  <si>
+    <t>Associação dos Pequenos Produtores Rurais de Dois de Novembro</t>
+  </si>
+  <si>
+    <t>Geraldo Cortes Pereira</t>
+  </si>
+  <si>
+    <t>José Humberto da Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conselho Municipal de Educação </t>
+  </si>
+  <si>
+    <t>Mateus Maia de Sousa Brum Oliveira</t>
+  </si>
+  <si>
+    <t>24/07/2025</t>
+  </si>
+  <si>
+    <t>24/07/2028</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 4.996, DE  24 DE JULHO DE 2025</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2gs6m</t>
+  </si>
+  <si>
+    <t>Rosineide Oliveira Bernardino</t>
+  </si>
+  <si>
+    <t>Superintendência Regional de Ensino de Patos de Minas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ronaldo da Silva Camargos </t>
+  </si>
+  <si>
+    <t>29/07/2025</t>
+  </si>
+  <si>
+    <t>29/07/2027</t>
+  </si>
+  <si>
+    <t>Sem link, arquivo PDF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gláucia de Oliveira </t>
+  </si>
+  <si>
+    <t>Adriana de Sousa Pereira Soares</t>
+  </si>
+  <si>
+    <t>Aquiléa Araújo Carvalho de Jesus</t>
+  </si>
+  <si>
+    <t>Superintendência Regional de Ensino - SRE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Silvana Helena Corrêa Maciel da Mota </t>
+  </si>
+  <si>
+    <t>Conselho Municipal da Criança e do Adolescente</t>
+  </si>
+  <si>
+    <t>29/08/2027</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Virgínia das Graças Sousa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jéssica Carolina Soares </t>
+  </si>
+  <si>
+    <t>Débora Amorim Gomes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Patrícia Araújo Calixto </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Francielle Ketlee Rodrigues </t>
+  </si>
+  <si>
+    <t>Kelly Camilo Pereira</t>
+  </si>
+  <si>
+    <t>29/08/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Aparecida Duarte Ferreira </t>
+  </si>
+  <si>
+    <t>Beatriz Fonseca de Lima Ribeiro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Árita Donizete de Sousa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marcos Antônio Caixeta Rassi </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ensino Superior </t>
+  </si>
+  <si>
+    <t>Carolina Poswar de Araújo Camenietzki</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José dos Reis Raimundo </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ensino Profissionalizante</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bechior Antônio da Silva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rosineire Caixeta da Cruz </t>
+  </si>
+  <si>
+    <t>Sindicato dos Trabalhadores no Serviço Público Municipal -  SINTRASP</t>
+  </si>
+  <si>
+    <t>Esmeralda Helena Lima Vieira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emily Aparecida Sanches da Silva Versiani </t>
+  </si>
+  <si>
+    <t>Representantes de Entidades de Classes dos Usuários da Educação</t>
+  </si>
+  <si>
+    <t>Representantes dos professores das escolas particulares de Patos de Minas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maura Erci Gontijo </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Amanda Cristina Moreira Lima </t>
+  </si>
+  <si>
+    <t>Representantes dos pais de crianças/estudantes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Max Aparecido Lucas da Silva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Raquel Eugenia Rocha Nascentes </t>
+  </si>
+  <si>
+    <t>Representante dos pais</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Wilton José Fernandes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nathália Vitória Soares Gontijo </t>
+  </si>
+  <si>
+    <t>Representantes dos estudantes de ensino básico</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Laura Luísa Fernandes Silva </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Milton César Júnior Soares </t>
+  </si>
+  <si>
+    <t>Representantes do Quadro de Profissionais da Escola de ensino especial do município</t>
+  </si>
+  <si>
+    <t>Juliana Barcelos Moreira Libardi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edson Luiz Teixeira </t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Representantes de associações /Instituições parceiras ligada a educação</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geralda Aparecida Borges Fonseса </t>
+  </si>
+  <si>
+    <t>Ernestina Maria da Cruz</t>
+  </si>
+  <si>
+    <t>Rede Municipal de Ensino</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 4.996, DE 24 DE JULHO DE 2025.</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Esporte</t>
+  </si>
+  <si>
+    <t>Guilherme Cunha Duarte</t>
+  </si>
+  <si>
+    <t>16/11/2023</t>
+  </si>
+  <si>
+    <t>15/11/2025</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.759, de 16 de novembro de 2023.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/0xla8</t>
+  </si>
+  <si>
+    <t>Wantuir Antônio da Silva</t>
+  </si>
+  <si>
+    <t>Rogério Máximo da Silva</t>
+  </si>
+  <si>
+    <t>Bruno Gonçalves Camargos</t>
+  </si>
+  <si>
+    <t>João Eustáquio Pereira</t>
+  </si>
+  <si>
+    <t>Leandro Jerônimo Fonseca</t>
+  </si>
+  <si>
+    <t>Guilherme José Silva</t>
+  </si>
+  <si>
+    <t>Sebastião Vicente Garcia F. Freitas Neto</t>
+  </si>
+  <si>
+    <t>Pablo Roberto da Costa</t>
+  </si>
+  <si>
+    <t>Hugo Teixeira Lima</t>
+  </si>
+  <si>
+    <t>Carlos Daniel Miranda Moreira</t>
+  </si>
+  <si>
+    <t>Marcos Felipe Caixeta Camargo</t>
+  </si>
+  <si>
+    <t>Pablo Henrique Araújo de Amorim</t>
+  </si>
+  <si>
+    <t>Gustavo Henrique Fontes Pereira</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Política Cultural</t>
+  </si>
+  <si>
+    <t>Cláudia Porto Leal</t>
+  </si>
+  <si>
+    <t>Segmento Gastronômico</t>
+  </si>
+  <si>
+    <t>08/10/2025</t>
+  </si>
+  <si>
+    <t>08/10/2027</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.020, DE 8 DE OUTUBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2sfio</t>
+  </si>
+  <si>
+    <t>Paulo Henrique Rodrigues Moreira</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.020, DE 8 DE OUTUBRO DE 2025</t>
+  </si>
+  <si>
+    <t>Guilherme Caixeta Borges</t>
+  </si>
+  <si>
+    <t>Marcelo Soares Magalhães</t>
+  </si>
+  <si>
+    <t>Do Segmento Artes Plásticas</t>
+  </si>
+  <si>
+    <t>Rodrigo Magela de Castro Borges</t>
+  </si>
+  <si>
+    <t>Michelle Caixeta Amorim</t>
+  </si>
+  <si>
+    <t>Sheila Versiani Moraes Papiani</t>
+  </si>
+  <si>
+    <t>Rejane de Sousa Porto</t>
+  </si>
+  <si>
+    <t>Ulisses de Oliveira Simões</t>
+  </si>
+  <si>
+    <t>Advocacia-Geral do Município</t>
+  </si>
+  <si>
+    <t>Helvécio Furtado Júnior</t>
+  </si>
+  <si>
+    <t>Do Segmento Artes Visuais</t>
+  </si>
+  <si>
+    <t>Ricardo Wemerson de Oliveira</t>
+  </si>
+  <si>
+    <t>Do Seguimento Hip-Hop</t>
+  </si>
+  <si>
+    <t>Thiago Arantes Cunha</t>
+  </si>
+  <si>
+    <t>Do Segmento Literatura</t>
+  </si>
+  <si>
+    <t>Bruna Maximiliano de Melo</t>
+  </si>
+  <si>
+    <t>Do Segmento da Dança</t>
+  </si>
+  <si>
+    <t>Marcos Nepomuceno Luiz</t>
+  </si>
+  <si>
+    <t>Do Segmento Teatro</t>
+  </si>
+  <si>
+    <t>Renata Amorim Guimarães</t>
+  </si>
+  <si>
+    <t>Do Segmento Dança</t>
+  </si>
+  <si>
+    <t>Conselho municipal de politicas urbanas - COMPUR</t>
+  </si>
+  <si>
+    <t>Marina da Mota Pereira</t>
+  </si>
+  <si>
+    <t>09/05/2024</t>
+  </si>
+  <si>
+    <t>09/05/2026</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 4.840, DE 9 DE MAIO DE 2024.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/1bkci</t>
+  </si>
+  <si>
+    <t>Danilo Andrade Guerra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Antonio da Silva Teles </t>
+  </si>
+  <si>
+    <t>Flavio Henrique da Silva</t>
+  </si>
+  <si>
+    <t>Lúcia das Dores dos Anjos</t>
+  </si>
+  <si>
+    <t>Phelipe Júnior Silva Ferreira</t>
+  </si>
+  <si>
+    <t>Odair Carlos Pereira</t>
+  </si>
+  <si>
+    <t>Raul José da Costa</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Trânsito, Transporte e Mobilidade</t>
+  </si>
+  <si>
+    <t>Karlla Thereza Pereira Corrêa</t>
+  </si>
+  <si>
+    <t>Junio Cesar Gonçalves</t>
+  </si>
+  <si>
+    <t>Elismar Estácio Gomes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sheila Versiani Morais Papiani </t>
+  </si>
+  <si>
+    <t>Elaine Cristina Rodrigues</t>
+  </si>
+  <si>
+    <t>Eni Aparecida do Amaral</t>
+  </si>
+  <si>
+    <t>Sandro Porto de Azevedo</t>
+  </si>
+  <si>
+    <t>Nilo Costa Ferreira Pires</t>
+  </si>
+  <si>
+    <t>João Fernandes Caixeta</t>
+  </si>
+  <si>
+    <t>Defesa Civil</t>
+  </si>
+  <si>
+    <t>Marcelo Vilela Ferreira</t>
+  </si>
+  <si>
+    <t>Segmento dos Empresários: do Setor Imobiliário (CRECI)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Joyce Nunes Carvalho </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Caio César Gonçalves </t>
+  </si>
+  <si>
+    <t>Segmento dos Empresários: do Setor da Construção civil (SINDUSCON)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marcelo Malheiro de Queiroz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marcelo Takematsu Hayashi </t>
+  </si>
+  <si>
+    <t>Segmento dos movimentos sociais: do Sindicato dos Trabalhadores (SINTROPATOS)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dilson Di Donato Ferreira Júnior </t>
+  </si>
+  <si>
+    <t>Segmento de organizações não-governamentais, entidades técnicas ou profissionais: das organizações não-governamentais (SINDCOMERCIO)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eduardo Soares Ferreira </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maria Cristina Tolentino Pereira </t>
+  </si>
+  <si>
+    <t>Segmento de organizações não-governamentais, entidades técnicas ou profissionais: das entidades profissionais (ASSENGE)</t>
+  </si>
+  <si>
+    <t>Nickolas Ribeiro Gontijo</t>
+  </si>
+  <si>
+    <t>Vinícius de Paula Melo</t>
+  </si>
+  <si>
+    <t>De conselhos municipais ligados ao desenvolvimento social, econômico e rural: do desenvolvimento social (ADESP)</t>
+  </si>
+  <si>
+    <t>Cláudio Wilher Gonçalves Ferreira</t>
+  </si>
+  <si>
+    <t>De conselhos municipais ligados ao desenvolvimento social, econômico e rural: do desenvolvimento econômico (CDL)</t>
+  </si>
+  <si>
+    <t>Ricardo de Moura Dias</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marcos Vinícius Souza Mota </t>
+  </si>
+  <si>
+    <t>De conselhos municipais ligados ao desenvolvimento social, econômico e rural: do desenvolvimento rural (EMATER)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marli Cambraia Gomes de Melo </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marcelo Ferreira Rodrigues </t>
+  </si>
+  <si>
+    <t>CAU/MG</t>
+  </si>
+  <si>
+    <t>01/08/2024</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 4.866, DE 1 DE AGOSTO DE 2024.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/1kpdb</t>
+  </si>
+  <si>
+    <t>Paulo Roberto Meireles do Nascimento</t>
+  </si>
+  <si>
+    <t>Virgílio Ferreira Queiroz Borges</t>
+  </si>
+  <si>
+    <t>Segmento de organizações não-governamentais, entidades técnicas ou profissionais: das entidades técnicas (OAB)</t>
+  </si>
+  <si>
+    <t>28/03/2025</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.956 de 28 de março de 2025</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/26dkk</t>
+  </si>
+  <si>
+    <t>Adriana Maria Ribeiro</t>
+  </si>
+  <si>
+    <t>Segmento dos movimentos sociais: dos movimentos sociais ligados a habitação (ASSCOHAB)</t>
+  </si>
+  <si>
+    <t>Alaiely Gomes Martins</t>
+  </si>
+  <si>
+    <t>Rodrigo Martins Pereira</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conselho Municipal de Promoção da Igualdade Racial - COMPIR </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Taís Moreira dos Santos Carvalho </t>
+  </si>
+  <si>
+    <t>23/11/2023</t>
+  </si>
+  <si>
+    <t>23/11/2025</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.764, de 23 de novembro de 2023.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/0ymz3</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kênia Silva </t>
+  </si>
+  <si>
+    <t>Guilherme José da Silva Duarte</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Planejamento Urbano</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rodrigo Moreira Alves </t>
+  </si>
+  <si>
+    <t>André Henrique Martins</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Governo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carolina Filardi Tafuri </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nayara Carvalho e Cruz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vera Lúcia Pereira </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marcella da Rocha Garcia </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gisele Aparecida Tavares dos Santos </t>
+  </si>
+  <si>
+    <t>Ana Paula Martins Santos</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Administração</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cássia Alves de Sousa </t>
+  </si>
+  <si>
+    <t>Claudionice Aparecida Tolentino</t>
+  </si>
+  <si>
+    <t>Sérgio Luiz da Mata</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José Antônio Ventura </t>
+  </si>
+  <si>
+    <t>Representantes de entidades organizadas e devidamente constituídas do movimento negro de Patos de Minas</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Walter Luiz Ventura </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Geraci Pereira Barbosa </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilson Augusto Soares </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Elisabete Ribeiro Paschoa de Jesus </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jaqueline Ventura Rocha </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Edvane Nunes Soares Ventura </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Maysa Cristina de Moraes </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gilmar Gomes Cardoso </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Clóvis Donizete Ferreira </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peterson Elizandro Gandolfi </t>
+  </si>
+  <si>
+    <t>Representantes das Universidades de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Eneusa Lúcia Aparecia Nestor Claudino</t>
+  </si>
+  <si>
+    <t>Advogados - membros da OAB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Etieny Nunes Pacheco </t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Proteção e Defesa Animal</t>
+  </si>
+  <si>
+    <t>Rafael Alves Araújo</t>
+  </si>
+  <si>
+    <t>10/09/2027</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.013, DE 10 DE SETEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2q487</t>
+  </si>
+  <si>
+    <t>Vanessa Pereira</t>
+  </si>
+  <si>
+    <t>Gerson Guimarães Pessoa Junior</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Saúde</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.013, DE 10 DE SETEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>Fábio Tavares Chagas</t>
+  </si>
+  <si>
+    <t>Sueli da Silva Pereira</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Finanças</t>
+  </si>
+  <si>
+    <t>Valéria de Melo Silva</t>
+  </si>
+  <si>
+    <t>Lorrana Magalhães Melo</t>
+  </si>
+  <si>
+    <t>Secretaria Municipal de Agricultura, Pecuária e Desenvolvimento Sustentável</t>
+  </si>
+  <si>
+    <t>Deusdeth da Silva Pereira</t>
+  </si>
+  <si>
+    <t>Antônio Caixeta Sousa</t>
+  </si>
+  <si>
+    <t>Antônio da Silva Teles</t>
+  </si>
+  <si>
+    <t>Ivanildo Alves Zica</t>
+  </si>
+  <si>
+    <t>Tiago Gonçalves Rosa</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Instituto Mineiro de Agropecuária - IMA</t>
+  </si>
+  <si>
+    <t>Sirley Alves Crispim</t>
+  </si>
+  <si>
+    <t>Instituto Mineiro de Agropecuária - IMA</t>
+  </si>
+  <si>
+    <t>Caroline Henriques de Queiroz</t>
+  </si>
+  <si>
+    <t>Instituto Estadual de Florestas - IEF</t>
+  </si>
+  <si>
+    <t>Irineu Vieira Caixeta</t>
+  </si>
+  <si>
+    <t>Neicy Milila Barros de Moraes</t>
+  </si>
+  <si>
+    <t>Entidades protetoras dos animais, legalmente constituídas</t>
+  </si>
+  <si>
+    <t>Rosemay Aparecida Peres</t>
+  </si>
+  <si>
+    <t>Luciana de Oliveira Almeida</t>
+  </si>
+  <si>
+    <t>Protetores de animais independentes</t>
+  </si>
+  <si>
+    <t>Eugênio Pacelli Civuca Cosa</t>
+  </si>
+  <si>
+    <t>Gicelly Gontijo da Silva de Paula Melo</t>
+  </si>
+  <si>
+    <t>Drielle Frantesca de Souza</t>
+  </si>
+  <si>
+    <t>Flávio Moreira de Almeida</t>
+  </si>
+  <si>
+    <t>Representantes de entidades de educação superior</t>
+  </si>
+  <si>
+    <t>Entidades de educação superior que mantenha curso de Medicina Veterinária e/ou Zootecnia no Município</t>
+  </si>
+  <si>
+    <t>Juliana Borges Pereira</t>
+  </si>
+  <si>
+    <t>Saulo Gonçalves Pereira</t>
+  </si>
+  <si>
+    <t>Rayane da Silva Nunes</t>
+  </si>
+  <si>
+    <t>Comissão de Proteção Animal da OAB</t>
+  </si>
+  <si>
+    <t>Juliana Alves de Barros</t>
+  </si>
+  <si>
+    <t>Tainara Vasconcelos Leite</t>
+  </si>
+  <si>
+    <t>Médicos Veterinários ou Zootecnistas (atualmente em clínicas particulares)</t>
+  </si>
+  <si>
+    <t>Ana Luiza Souza Reis de Melo Lopes</t>
+  </si>
+  <si>
+    <t>Sandra Regina Afonso Cardoso</t>
+  </si>
+  <si>
+    <t>Capitão Cristiano Cavalcante</t>
+  </si>
+  <si>
+    <t>Corpo de Bombeiros</t>
+  </si>
+  <si>
+    <t>Sargento Paulo Henrique Cruz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Conselho Municipal de Saúde </t>
+  </si>
+  <si>
+    <t>Gerson Guimarães Pessoa Júnior</t>
+  </si>
+  <si>
+    <t>Representantes dos Usuários Região III</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>24/09/2027</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.016, DE 24 DE SETEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2r25y</t>
+  </si>
+  <si>
+    <t>Délio Antônio de Queiroz</t>
+  </si>
+  <si>
+    <t>Prestadores de Serviços de Saúde Privados</t>
+  </si>
+  <si>
+    <t>Contratados/ Conveniados aos SUS</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.016, DE 24 DE SETEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>Fábio Tavares Chagas;</t>
+  </si>
+  <si>
+    <t>Trabalhadores da área da Saúde</t>
+  </si>
+  <si>
+    <t>Representantes dos Trabalhadores da Saúde</t>
+  </si>
+  <si>
+    <t>Ludimila Silva Xavier</t>
+  </si>
+  <si>
+    <t>Alexandre Fernandes de Queiroz</t>
+  </si>
+  <si>
+    <t>José Lucilo da Silva Júlio</t>
+  </si>
+  <si>
+    <t>Representantes dos Usuários Região I</t>
+  </si>
+  <si>
+    <t>Jhordana Larissa de Azevedo</t>
+  </si>
+  <si>
+    <t>Xanina Rafaela de Faria Araújo</t>
+  </si>
+  <si>
+    <t>Representantes dos Usuários Região IV</t>
+  </si>
+  <si>
+    <t>Eliane Maria Ferreira</t>
+  </si>
+  <si>
+    <t>Representantes dos Usuários Região VI</t>
+  </si>
+  <si>
+    <t>Joana Darc Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luana Carvalho Pereira e Fonseca </t>
+  </si>
+  <si>
+    <t>Prestadores de Serviços de Saúde Filantrópicos</t>
+  </si>
+  <si>
+    <t>APAE Patos de Minas</t>
+  </si>
+  <si>
+    <t>Lourdes Gonçalves Moreira Branquinho</t>
+  </si>
+  <si>
+    <t>Santa Casa de Misericórdia de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Elton da Silva Vieira</t>
+  </si>
+  <si>
+    <t>Conselho Central de Patos de Minas - SSVP</t>
+  </si>
+  <si>
+    <t>Wilson Pereira</t>
+  </si>
+  <si>
+    <t>Amor Exigente</t>
+  </si>
+  <si>
+    <t>Ermelindo Jose da Mota Neto</t>
+  </si>
+  <si>
+    <t>Renata Christine dos Santos Reis</t>
+  </si>
+  <si>
+    <t>Coletivo Mada</t>
+  </si>
+  <si>
+    <t>Márcia Ávila Morais</t>
+  </si>
+  <si>
+    <t>Instituto de Acolhimento Nosso Lar</t>
+  </si>
+  <si>
+    <t>Juliano Juscelino Silva</t>
+  </si>
+  <si>
+    <t>Leonardo da Costa Mundim</t>
+  </si>
+  <si>
+    <t>Waldir Ataíde de Carvalho</t>
+  </si>
+  <si>
+    <t>Thays Mendes dos Santos</t>
+  </si>
+  <si>
+    <t>Vani de Fatima Malaquias</t>
+  </si>
+  <si>
+    <t>Laura Rodrigues Boaventura Carvalho</t>
+  </si>
+  <si>
+    <t>Lucas Viana de Oliveira Mendes</t>
+  </si>
+  <si>
+    <t>Maria Cristina Aparecida de Carvalho</t>
+  </si>
+  <si>
+    <t>Geni Oliveira</t>
+  </si>
+  <si>
+    <t>Júlia Carvalho Monteiro de Albuquerque</t>
+  </si>
+  <si>
+    <t>Adriane Patrícia de Queiroz Ferreira Sousa</t>
+  </si>
+  <si>
+    <t>Joana Darc Soares</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Turismo - COMTUR</t>
+  </si>
+  <si>
+    <t>Leila Priscila Torres</t>
+  </si>
+  <si>
+    <t>Representantes da Diretoria de Meio Ambiente</t>
+  </si>
+  <si>
+    <t>03/01/2024</t>
+  </si>
+  <si>
+    <t>02/01/2026</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.796, de 11 de março de 2024.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/16dzw</t>
+  </si>
+  <si>
+    <t>Naiara Cruz Carvalho</t>
+  </si>
+  <si>
+    <t>Gislene Aparecida Pereira Rodrigues Araújo</t>
+  </si>
+  <si>
+    <t>Jéssica Viana Gonçalves</t>
+  </si>
+  <si>
+    <t>Federação da Indústria do Estado de Minas Gerais - FIEMG e SEBRAE</t>
+  </si>
+  <si>
+    <t>Paula Versiani Borges</t>
+  </si>
+  <si>
+    <t>Rodrigo Borges Brant Campos</t>
+  </si>
+  <si>
+    <t>Sindicato dos Hotéis, Restaurantes e Bares - SINDHORB</t>
+  </si>
+  <si>
+    <t>Caroline Lopes Costa</t>
+  </si>
+  <si>
+    <t>Associação Comercial e Industrial de Patos de Minas - ACIPATOS</t>
   </si>
   <si>
     <t>Emerson Rodrigues</t>
   </si>
   <si>
-    <t xml:space="preserve">Adriana Gonçalves Borges </t>
-[...47 lines deleted...]
-    <t>Flávia Barbosa de Lima</t>
+    <t>Lorrane Magalhães Melo</t>
+  </si>
+  <si>
+    <t>Breno Palhares</t>
+  </si>
+  <si>
+    <t>Francislene Soares Chagas</t>
+  </si>
+  <si>
+    <t>Olegário Caetano Cunha</t>
+  </si>
+  <si>
+    <t>Denise Lara Carneiro Amorim</t>
+  </si>
+  <si>
+    <t>Conselho Municipal dos Direitos da Criança e do Adolescente – CMDCA</t>
+  </si>
+  <si>
+    <t>Franciele Aparecida Ferreira de Sousa</t>
+  </si>
+  <si>
+    <t>11/02/2026</t>
+  </si>
+  <si>
+    <t>11/02/2028</t>
+  </si>
+  <si>
+    <t>Portaria nº 5.045, de 22 de Janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>http://leis.org/320rd</t>
+  </si>
+  <si>
+    <t>Karine Bento Ferreira Nogueira</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Walderlene Alves Santana</t>
+  </si>
+  <si>
+    <t>Vitoria Luísa de Oliveira Borges</t>
+  </si>
+  <si>
+    <t>Milene Dornelis de Oliveira</t>
+  </si>
+  <si>
+    <t>Iara Gonçalves Borges Barbosa</t>
+  </si>
+  <si>
+    <t>Silvana Helena Corrêa Maciel da Mota</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Márcia dos Reis Lopes</t>
+  </si>
+  <si>
+    <t>Amparo Eurípedes Novelino</t>
+  </si>
+  <si>
+    <t>Ludmila Diniz Caixeta Silva</t>
+  </si>
+  <si>
+    <t>Marisa da Silva Peres</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Lara de Barros Matos</t>
+  </si>
+  <si>
+    <t>Procuradoria Geral do Município</t>
+  </si>
+  <si>
+    <t>Marcelo Eustáquio de Lima Carneiro</t>
+  </si>
+  <si>
+    <t>Mônica Araújo Paula Alves</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Casa da Sopa Tia Euzápia</t>
+  </si>
+  <si>
+    <t>Lílian Alves dos Santos</t>
+  </si>
+  <si>
+    <t>Márcia Ávila Moraes</t>
   </si>
   <si>
     <t>Posto de Assistência Chico Xavier</t>
   </si>
   <si>
-    <t>Andréia Felix Pereira</t>
-[...38 lines deleted...]
-    <t>Camilla Mariane da Silva Tavares</t>
+    <t>Flávia Barboza de Lima</t>
+  </si>
+  <si>
+    <t>Maura Erci Gontijo</t>
+  </si>
+  <si>
+    <t>Centro Educacional Infantil Beneficente "Sementes Farroupilha" Escolinha Tia Edna</t>
+  </si>
+  <si>
+    <t>Sarah Luísa de Castro Barão</t>
+  </si>
+  <si>
+    <t>Tatiana Paula de Magalhães</t>
+  </si>
+  <si>
+    <t>Michelle Gabriela Silvério</t>
+  </si>
+  <si>
+    <t>Marcelo Machado de Brito</t>
+  </si>
+  <si>
+    <t>Alcineide Lima Jesus Vaz</t>
+  </si>
+  <si>
+    <t>Jaqueline Cristina Ribeiro</t>
+  </si>
+  <si>
+    <t>Kelly Christina Alves de Barros Brasil</t>
+  </si>
+  <si>
+    <t>Conselho Municipal dos Direitos da Mulher – CMDM</t>
+  </si>
+  <si>
+    <t>Elizete Mundim Carneiro</t>
+  </si>
+  <si>
+    <t>26/03/2024</t>
+  </si>
+  <si>
+    <t>26/03/2026</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.818, de 26 de março de 2024.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/17fzy</t>
+  </si>
+  <si>
+    <t>Terezinha Venâncio de Camargos Gonçalves</t>
+  </si>
+  <si>
+    <t>Delegacia da Mulher</t>
+  </si>
+  <si>
+    <t>Fernanda Honório de Oliveira</t>
+  </si>
+  <si>
+    <t>Nathalia da Mota Pereira</t>
+  </si>
+  <si>
+    <t>Taís Moreira dos Santos Carvalho</t>
+  </si>
+  <si>
+    <t>Fabiana Ferreira dos Santos</t>
+  </si>
+  <si>
+    <t>Sandra Maria Caixeta Silva</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aparecida Maria Ventura </t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Promoção da Igualdade Racial</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cristiane Nery Costa </t>
+  </si>
+  <si>
+    <t>Centro de Referência da Mulher</t>
+  </si>
+  <si>
+    <t>Denise da Silva</t>
+  </si>
+  <si>
+    <t>Natália Pereira Silva Faria</t>
+  </si>
+  <si>
+    <t>Ecossistema Sebrae Delas</t>
+  </si>
+  <si>
+    <t>Claudia Adriana de Sousa Ferreira</t>
+  </si>
+  <si>
+    <t>Clubes de Serviços e Afins - Lions Clube de Patos de Minas Centro</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vanda da Guia dos Reis Jeremias	</t>
+  </si>
+  <si>
+    <t>Lorrane Queiroz</t>
+  </si>
+  <si>
+    <t>Ordem dos Advogados do Brasil - OAB Mulher</t>
+  </si>
+  <si>
+    <t>11/04/2025</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.962 de 11 de abril de 2025</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/28g16</t>
+  </si>
+  <si>
+    <t>Maysa Rodrigues Cunha</t>
+  </si>
+  <si>
+    <t>Nayara Carvalho e Cruz</t>
+  </si>
+  <si>
+    <t>09/06/2025</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.985, de 9 de junho de 2025.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2cinf</t>
+  </si>
+  <si>
+    <t>Cássia Angélica Nogueira Barbosa</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.985, de 09 de junho de 2025.</t>
+  </si>
+  <si>
+    <t>Eliane Alves da Silva</t>
+  </si>
+  <si>
+    <t>Tatiane de Souza Silva</t>
+  </si>
+  <si>
+    <t>Erika Ferreira Hamada Fernandes</t>
+  </si>
+  <si>
+    <t>Marcela Leandro Ribeiro</t>
+  </si>
+  <si>
+    <t>Vitória Luísa de Oliveira Borges</t>
+  </si>
+  <si>
+    <t>Pauliane Matias de Castro</t>
+  </si>
+  <si>
+    <t>Área Empresarial - Acipatos</t>
+  </si>
+  <si>
+    <t>Kely A. Costa S. Malheiro de Queiroz</t>
+  </si>
+  <si>
+    <t>Katia Mendes de Andrade</t>
+  </si>
+  <si>
+    <t>Clubes de Serviços e Afins - Casa da Amizade Rotary Clube Patos de Minas</t>
+  </si>
+  <si>
+    <t>Gabriela Troost</t>
+  </si>
+  <si>
+    <t>Maria Raquel Caixeta Gandolfi</t>
+  </si>
+  <si>
+    <t>Universidade Federal de Uberlândia - UFU</t>
+  </si>
+  <si>
+    <t>Deusdelia Dias Magalhães Rodrigues</t>
+  </si>
+  <si>
+    <t>Cristiana Aparecida Ribeiro</t>
+  </si>
+  <si>
+    <t>Fundação Educacional de Patos de Minas FEPAM/UNIPAM</t>
+  </si>
+  <si>
+    <t>Juliana Cristina Martins Fernandes</t>
+  </si>
+  <si>
+    <t>Juliana de Fátima Ventura Rocha</t>
+  </si>
+  <si>
+    <t>Jackeline Ventura Rocha</t>
+  </si>
+  <si>
+    <t>Conselho de Desenvolvimento Comunitário de Sapé</t>
+  </si>
+  <si>
+    <t>Flávia Nogueira da Silva Pereira</t>
+  </si>
+  <si>
+    <t>Aparecida Raquel Alves</t>
+  </si>
+  <si>
+    <t>Conselho Municipal dos Direitos da Pessoa com Deficiência - CMDPD</t>
+  </si>
+  <si>
+    <t>Regina Aparecida Cardoso</t>
+  </si>
+  <si>
+    <t>26/09/2025</t>
+  </si>
+  <si>
+    <t>25/09/2027</t>
+  </si>
+  <si>
+    <t>Portaria nº 5.017, de 26 de setembro de 2025.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2rekj</t>
+  </si>
+  <si>
+    <t>Leonardo Gonçalves de Sousa</t>
+  </si>
+  <si>
+    <t>Entidade de Assistência à pessoa com deficiência física: Associação Paraolímpica Patense - APP</t>
+  </si>
+  <si>
+    <t>Álida Rodrigues Moreira</t>
+  </si>
+  <si>
+    <t>Entidade de Assistência à pessoa com deficiência auditiva: Associação de Pais e Amigos dos Excepcionais de Patos de Minas - APAE</t>
+  </si>
+  <si>
+    <t>Marilene Rivany Nunes</t>
+  </si>
+  <si>
+    <t>Krisley Kristian Pires da Rocha</t>
+  </si>
+  <si>
+    <t>Entidade de Assistência à Pessoa com Deficiência Intelectual e Múltipla: Associação de Pais, Amigos e Profissionais dos Autistas de Patos de Minas - Esperança Azul</t>
+  </si>
+  <si>
+    <t>Esio Nogueira de Menezes</t>
+  </si>
+  <si>
+    <t>Ordem dos Advogados de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Taynara Lucia da Costa</t>
+  </si>
+  <si>
+    <t>Cíntia Nunes Caixeta Oliveira</t>
+  </si>
+  <si>
+    <t>Rivana Silveira Amorim</t>
+  </si>
+  <si>
+    <t>Elis Regina Vieira</t>
+  </si>
+  <si>
+    <t>Entidade de Assistência à Pessoa com Deficiência Física: Associação Paraolímpica Patense - APP:</t>
+  </si>
+  <si>
+    <t>Entidade de Assistência à Pessoa com Deficiência Visual: Associação dos Deficientes Visuais de Patos de Minas - ADV</t>
+  </si>
+  <si>
+    <t>Entidade de Assistência à Pessoa com Deficiência Auditiva: Associação de Pais e Amigos dos Excepcionais de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Lorrane Pereira Silva Gonçalves</t>
+  </si>
+  <si>
+    <t>Entidade de Assistência à Pessoa com Deficiência Intelectual e Múltipla: Associação de Pais Amigos, e Profissionais dos Autistas de Patos de Minas - Esperança Azul</t>
+  </si>
+  <si>
+    <t>Conselho Municipal dos Direitos da Pessoa Idosa – CMDPI</t>
+  </si>
+  <si>
+    <t>Lucília Regina Guimarães Oliveira</t>
+  </si>
+  <si>
+    <t>25/02/2026</t>
+  </si>
+  <si>
+    <t>24/03/2028</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.053, DE 25 DE FEVEREIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>http://leis.org/36kym</t>
+  </si>
+  <si>
+    <t>Arlene de Barros Silva</t>
+  </si>
+  <si>
+    <t>Mirian Helena de Lima</t>
+  </si>
+  <si>
+    <t>24/02/2028</t>
+  </si>
+  <si>
+    <t>Debliane Alves Peres</t>
+  </si>
+  <si>
+    <t>Andreia Aparecida Soares</t>
+  </si>
+  <si>
+    <t>24/02/2026</t>
+  </si>
+  <si>
+    <t>Claudionice Aparecida Tolentino Ferreira</t>
+  </si>
+  <si>
+    <t>26/02/2028</t>
+  </si>
+  <si>
+    <t>Elisângela dos Reis Xavier</t>
+  </si>
+  <si>
+    <t>Clodes da Silva Reis Filho</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Ione Aparecida de Avelar</t>
+  </si>
+  <si>
+    <t>Maria Eustáquia Jordão Silva</t>
+  </si>
+  <si>
+    <t>Vinícius Marques Caixeta</t>
+  </si>
+  <si>
+    <t>Roberta Nunes de Souza Pascal</t>
+  </si>
+  <si>
+    <t>Sebastião Pires de Camargos</t>
+  </si>
+  <si>
+    <t>Associação dos Aposentados, Pensionistas e Idosos de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Luiz Ferreira da Conceição</t>
+  </si>
+  <si>
+    <t>Daiane Carvalho Barbosa</t>
+  </si>
+  <si>
+    <t>Centro Universitário de Patos de Minas - UNIPAM</t>
+  </si>
+  <si>
+    <t>Gabriel José Tarcísio Rodrigues</t>
+  </si>
+  <si>
+    <t>Nilcélia Cristina Zolli</t>
+  </si>
+  <si>
+    <t>Lar de Idosos Eurípedes Barsanulfo</t>
+  </si>
+  <si>
+    <t>Neusa de Fátima Vieira</t>
+  </si>
+  <si>
+    <t>Silésia de Oliveira Silva</t>
+  </si>
+  <si>
+    <t>Cláudia Márcia Miranda Silveira</t>
   </si>
   <si>
     <t>Fundação de Prevenção e Apoio à Pessoa com Câncer</t>
   </si>
   <si>
-    <t>05/08/2025</t>
-[...1706 lines deleted...]
-    <t>Luciana da Silva e Souza</t>
+    <t>Fabiana Silva Rocha</t>
+  </si>
+  <si>
+    <t>Norma de Fátima Moreira</t>
+  </si>
+  <si>
+    <t>Representante dos Usuários</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> João Batista da Mota</t>
+  </si>
+  <si>
+    <t>Gilberto Cirilo de Miranda</t>
+  </si>
+  <si>
+    <t>José Afonso da Silva</t>
+  </si>
+  <si>
+    <t>Thalia Cristina da Silva Castro</t>
   </si>
   <si>
     <t>Associação de Proteção à Maternidade, Infância e Velhice de Patos de Minas</t>
   </si>
   <si>
-    <t>Aparecida Maria de Moraes Alves</t>
-[...64 lines deleted...]
-  <si>
     <t>Conselho Municipal de Proteção e Defesa Civil- COMPDEC</t>
   </si>
   <si>
     <t>Poder Executivo Municipal</t>
   </si>
   <si>
     <t>Lucas Ribeiro Maia</t>
   </si>
   <si>
     <t>Corpo de Bombeiros Militar de Minas Gerais(CBMMG)</t>
   </si>
   <si>
     <t>18/11/2021</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>Portaria nº 4.575, de 18 de novembro de 2021.</t>
   </si>
   <si>
     <t>http://leismunicipa.is/ijzvl</t>
   </si>
   <si>
     <t>Matheus Deforme Zuliane</t>
@@ -2611,309 +2548,321 @@
   <si>
     <t>Universidade Federal de Uberlândia (UFU) - Patos de Minas</t>
   </si>
   <si>
     <t>Peterson Galdolfi</t>
   </si>
   <si>
     <t>Valéria Costa Queiroz</t>
   </si>
   <si>
     <t>Hospital Regional Antônio Dias (HRAD)</t>
   </si>
   <si>
     <t>Naiara Rodrigues Marra</t>
   </si>
   <si>
     <t>Serviço Brasileiro de Apoio às Micro e Pequenas Empresas (SEBRAE)</t>
   </si>
   <si>
     <t>Ana Carolina Pereira Ribeiro</t>
   </si>
   <si>
     <t>Conselho Municipal de Defesa do Meio Ambiente - CODEMA</t>
   </si>
   <si>
-    <t>Cesar Pereira Caixeta</t>
-[...80 lines deleted...]
-    <t>Braz José Teles</t>
+    <t>Claudia Cristina de Sousa Ribeiro</t>
+  </si>
+  <si>
+    <t>01/06/2025</t>
+  </si>
+  <si>
+    <t>01/05/2027</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.047, DE 28 DE JANEIRO DE 2026.</t>
+  </si>
+  <si>
+    <t>http://leis.org/32p2h</t>
+  </si>
+  <si>
+    <t>Dácio José Cambraia</t>
+  </si>
+  <si>
+    <t>Fundação SOS Paranaíba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Eugênio Pacelli Civuca Costa </t>
+  </si>
+  <si>
+    <t>Conselho Integrado do Meio Ambiente- CIMA</t>
+  </si>
+  <si>
+    <t>Daniele Cristina Soares</t>
+  </si>
+  <si>
+    <t>Secretária Municipal de Saúde</t>
+  </si>
+  <si>
+    <t>Flaviano Souza Cardoso</t>
+  </si>
+  <si>
+    <t>Sindicato dos Produtores Rurais</t>
+  </si>
+  <si>
+    <t>Instituto Mineiro de Agropécuaria - IMA</t>
+  </si>
+  <si>
+    <t>Wesley Sebastião de Almeida</t>
+  </si>
+  <si>
+    <t>Entidades Classistas do Comércio e Indústria (CDL, Acipatos, Fiemg)</t>
+  </si>
+  <si>
+    <t>Thiago Araujo Oliveira</t>
+  </si>
+  <si>
+    <t>Diretoria de Meio Ambiente</t>
+  </si>
+  <si>
+    <t>João Felipe de Souza Amâncio</t>
+  </si>
+  <si>
+    <t>IEF</t>
+  </si>
+  <si>
+    <t xml:space="preserve">José Jorge de Oliveira </t>
   </si>
   <si>
     <t>União Sindical dos Trabalhadores de Patos de Minas - USP</t>
   </si>
   <si>
-    <t>Jose Jorge de Oliveira</t>
+    <t>http://PORTARIA Nº 5.047, DE 28 DE JANEIRO DE 2026..org/32p2h</t>
+  </si>
+  <si>
+    <t>Renato Antônio Melo</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sueli Teixeira Rodrigues dos Santos </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Associação dos Moradores de Bairro e/ou Associações Rurais </t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.047, DE 28 DE JANEIRO DE 2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cyntia de Moura Santos </t>
+  </si>
+  <si>
+    <t>Entidades de Ensino Superior - Unipam</t>
+  </si>
+  <si>
+    <t>Paulo Duarte Fonseca</t>
+  </si>
+  <si>
+    <t>Juliano Miranda Alves</t>
+  </si>
+  <si>
+    <t>COPASA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Betania Braz Romão </t>
+  </si>
+  <si>
+    <t>Elismar Aparecida Pereira Alves</t>
+  </si>
+  <si>
+    <t>Secretária de Educação</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.047, DE 28 DE JANEIRO DE 2026e abril de 2017.</t>
+  </si>
+  <si>
+    <t>Virgilio Ferreira de Queiroz Borges</t>
+  </si>
+  <si>
+    <t>Clube de serviços e Lojas Maçonicas</t>
+  </si>
+  <si>
+    <t>Luiz Fernando Rabelo Ferreira</t>
+  </si>
+  <si>
+    <t>Renato Soares Moreira</t>
+  </si>
+  <si>
+    <t>Organização de Desenvolvimento Sustentável - ODS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nickolas Ribeiro Gontijo </t>
+  </si>
+  <si>
+    <t>Conselho Regional de Engenharia, Arquitetura e Agronomia - CREA</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Braz José Teles </t>
+  </si>
+  <si>
+    <t>José Humberto Alves</t>
+  </si>
+  <si>
+    <t>Amanda Alencar da Costa</t>
+  </si>
+  <si>
+    <t>07/04/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Irineu Vieira Caixeta </t>
   </si>
   <si>
     <t>Wilson José da Silva</t>
   </si>
   <si>
-    <t>Fundação SOS Paranaíba</t>
-[...11 lines deleted...]
-    <t>Rodrigo Guimarães Motta</t>
+    <t>http://leis.org/32p2hhttp://leis.org/32p2h</t>
+  </si>
+  <si>
+    <t>Josino Mariano Guimarães</t>
+  </si>
+  <si>
+    <t>Fernanda Barcelos Rocha</t>
+  </si>
+  <si>
+    <t>Luciano Reis Nogueira</t>
+  </si>
+  <si>
+    <t>EMATER</t>
+  </si>
+  <si>
+    <t>Fundo Municipal de Defesa dos Direitos Difusos e Coletivos – FDDDC</t>
+  </si>
+  <si>
+    <t>15/05/2025</t>
+  </si>
+  <si>
+    <t>15/05/2027</t>
+  </si>
+  <si>
+    <t>Portaria nº 4.972, de 15 de maio de 2025.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2aq33</t>
+  </si>
+  <si>
+    <t>Luiz Fellipe Caldeira Rocha</t>
+  </si>
+  <si>
+    <t>Thiago Araújo Oliveira</t>
+  </si>
+  <si>
+    <t>Marcos José Braga</t>
+  </si>
+  <si>
+    <t>Adão José Valentin Porto</t>
+  </si>
+  <si>
+    <t>Ricardo Souto Carneiro</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Segurança Pública de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Maria Cristina Tolentino Pereira</t>
+  </si>
+  <si>
+    <t>Associação dos Engenheiros, Arquitetos e Agrônomos de Patos de Minas e Região - ASSENGE</t>
+  </si>
+  <si>
+    <t>Gustavo Borges Pádua</t>
+  </si>
+  <si>
+    <t>Conselho Gestor Municipal do Fundo Municipal de Habitação de Interesse Social</t>
+  </si>
+  <si>
+    <t>04/11/2025</t>
+  </si>
+  <si>
+    <t>&lt;span class="not-set"&gt;(não definido)&lt;/span&gt;</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.028, DE 4 DE NOVEMBRO DE 2025.</t>
+  </si>
+  <si>
+    <t>http://leismunicipa.is/2v7lo</t>
+  </si>
+  <si>
+    <t>Elisangela Luísa Fernandes</t>
+  </si>
+  <si>
+    <t>PORTARIA Nº 5.028, DE 4 DE NOVEMBRO DE 2025</t>
+  </si>
+  <si>
+    <t>Flávio Henrique Silva</t>
+  </si>
+  <si>
+    <t>Angelita Santos Magalhães</t>
+  </si>
+  <si>
+    <t>Denise Cristina Caixeta Andrade</t>
+  </si>
+  <si>
+    <t>Hellen Cristina de Sousa Cimetta</t>
+  </si>
+  <si>
+    <t>Conselho Regional de Corretores de Imóveis (CRECI/MG)</t>
+  </si>
+  <si>
+    <t>Kenner Pereira Caixeta</t>
+  </si>
+  <si>
+    <t>Caio César Gonçalves</t>
+  </si>
+  <si>
+    <t>Sindicato da Indústria da Construção Civil - SINDUSCON, de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Vicente de Paula Caixeta</t>
+  </si>
+  <si>
+    <t>Sindicato dos Trabalhadores na Indústria da Construção Civil e Imobiliário - SITICOM, de Patos de Minas</t>
+  </si>
+  <si>
+    <t>Oliver Torres Sousa</t>
+  </si>
+  <si>
+    <t>Órgão colegiado -  composição mista</t>
+  </si>
+  <si>
+    <t>Conselho Municipal de Desenvolvimento Rural Sustentável de Patos de Minas (CMDRS)</t>
+  </si>
+  <si>
+    <t>José Sebastião da Silva</t>
+  </si>
+  <si>
+    <t>Luciano Marra Silva Lopes</t>
   </si>
   <si>
     <t>Paulo Afonso Duarte</t>
-  </si>
-[...148 lines deleted...]
-    <t>Luciano Marra Silva Lopes</t>
   </si>
   <si>
     <t>Associações de Moradores Bairro Jardim Califórnia</t>
   </si>
   <si>
     <t>Lismaria de Lima</t>
   </si>
   <si>
     <t>Associações de Moradores do Bairro Jardim Paulistano</t>
   </si>
   <si>
     <t xml:space="preserve">Diomar João Clemente </t>
   </si>
   <si>
     <t>Associação de Moradores do Bairro Jardim Esperança</t>
   </si>
   <si>
     <t>Rodrigo Maicow Silva</t>
   </si>
   <si>
     <t>Instituições de Ensino Superior em atividade no Município - Faculdade do Noroeste de Minas FINOM</t>
   </si>
   <si>
     <t>Fabrício Caixeta de Mello</t>
   </si>
@@ -3352,69 +3301,69 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:K609"/>
+  <dimension ref="A1:K605"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A2" sqref="A2:K609"/>
+      <selection activeCell="A2" sqref="A2:K605"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="93.120117" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="115.543213" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="51.844482" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="50.559082" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="153.248291" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="193.381348" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.567139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="51.844482" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="54.129639" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="34.134521" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="70.697021" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="72.982178" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -5385,19351 +5334,19211 @@
       </c>
       <c r="J57" t="s">
         <v>106</v>
       </c>
       <c r="K57" s="8" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="58" spans="1:11">
       <c r="A58" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B58" t="s">
         <v>127</v>
       </c>
       <c r="C58" t="s">
         <v>128</v>
       </c>
       <c r="D58" t="s">
         <v>14</v>
       </c>
       <c r="E58" t="s">
         <v>15</v>
       </c>
       <c r="F58" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G58" t="s">
         <v>127</v>
       </c>
       <c r="H58" t="s">
+        <v>129</v>
+      </c>
+      <c r="I58" t="s">
         <v>130</v>
       </c>
-      <c r="I58" t="s">
+      <c r="J58" t="s">
         <v>131</v>
       </c>
-      <c r="J58" t="s">
+      <c r="K58" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="59" spans="1:11">
       <c r="A59" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B59" t="s">
         <v>127</v>
       </c>
       <c r="C59" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D59" t="s">
         <v>14</v>
       </c>
       <c r="E59" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F59" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G59" t="s">
         <v>127</v>
       </c>
       <c r="H59" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="I59" t="s">
+        <v>134</v>
+      </c>
+      <c r="J59" t="s">
         <v>131</v>
       </c>
-      <c r="J59" t="s">
+      <c r="K59" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:11">
       <c r="A60" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B60" t="s">
         <v>127</v>
       </c>
       <c r="C60" t="s">
-        <v>103</v>
+        <v>135</v>
       </c>
       <c r="D60" t="s">
         <v>14</v>
       </c>
       <c r="E60" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F60" t="s">
+        <v>72</v>
+      </c>
+      <c r="G60" t="s">
+        <v>127</v>
+      </c>
+      <c r="H60" t="s">
         <v>129</v>
       </c>
-      <c r="G60" t="s">
-[...2 lines deleted...]
-      <c r="H60" t="s">
+      <c r="I60" t="s">
         <v>130</v>
       </c>
-      <c r="I60" t="s">
+      <c r="J60" t="s">
         <v>131</v>
       </c>
-      <c r="J60" t="s">
+      <c r="K60" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="61" spans="1:11">
       <c r="A61" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B61" t="s">
         <v>127</v>
       </c>
       <c r="C61" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D61" t="s">
         <v>14</v>
       </c>
       <c r="E61" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F61" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G61" t="s">
         <v>127</v>
       </c>
       <c r="H61" t="s">
+        <v>129</v>
+      </c>
+      <c r="I61" t="s">
         <v>130</v>
       </c>
-      <c r="I61" t="s">
+      <c r="J61" t="s">
         <v>131</v>
       </c>
-      <c r="J61" t="s">
+      <c r="K61" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="62" spans="1:11">
       <c r="A62" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B62" t="s">
         <v>127</v>
       </c>
       <c r="C62" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D62" t="s">
         <v>14</v>
       </c>
       <c r="E62" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F62" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G62" t="s">
         <v>127</v>
       </c>
       <c r="H62" t="s">
+        <v>129</v>
+      </c>
+      <c r="I62" t="s">
         <v>130</v>
       </c>
-      <c r="I62" t="s">
+      <c r="J62" t="s">
         <v>131</v>
       </c>
-      <c r="J62" t="s">
+      <c r="K62" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="63" spans="1:11">
       <c r="A63" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B63" t="s">
         <v>127</v>
       </c>
       <c r="C63" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D63" t="s">
         <v>14</v>
       </c>
       <c r="E63" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F63" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G63" t="s">
         <v>127</v>
       </c>
       <c r="H63" t="s">
+        <v>129</v>
+      </c>
+      <c r="I63" t="s">
         <v>130</v>
       </c>
-      <c r="I63" t="s">
+      <c r="J63" t="s">
         <v>131</v>
       </c>
-      <c r="J63" t="s">
+      <c r="K63" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="64" spans="1:11">
       <c r="A64" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B64" t="s">
         <v>127</v>
       </c>
       <c r="C64" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D64" t="s">
         <v>14</v>
       </c>
       <c r="E64" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F64" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G64" t="s">
         <v>127</v>
       </c>
       <c r="H64" t="s">
+        <v>129</v>
+      </c>
+      <c r="I64" t="s">
         <v>130</v>
       </c>
-      <c r="I64" t="s">
+      <c r="J64" t="s">
         <v>131</v>
       </c>
-      <c r="J64" t="s">
+      <c r="K64" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="65" spans="1:11">
       <c r="A65" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B65" t="s">
         <v>127</v>
       </c>
       <c r="C65" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D65" t="s">
         <v>14</v>
       </c>
       <c r="E65" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F65" t="s">
+        <v>72</v>
+      </c>
+      <c r="G65" t="s">
+        <v>141</v>
+      </c>
+      <c r="H65" t="s">
         <v>129</v>
       </c>
-      <c r="G65" t="s">
-[...2 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>130</v>
       </c>
-      <c r="I65" t="s">
+      <c r="J65" t="s">
         <v>131</v>
       </c>
-      <c r="J65" t="s">
+      <c r="K65" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="66" spans="1:11">
       <c r="A66" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B66" t="s">
         <v>127</v>
       </c>
       <c r="C66" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="D66" t="s">
         <v>14</v>
       </c>
       <c r="E66" t="s">
         <v>23</v>
       </c>
       <c r="F66" t="s">
+        <v>72</v>
+      </c>
+      <c r="G66" t="s">
+        <v>141</v>
+      </c>
+      <c r="H66" t="s">
         <v>129</v>
       </c>
-      <c r="G66" t="s">
-[...2 lines deleted...]
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>130</v>
       </c>
-      <c r="I66" t="s">
+      <c r="J66" t="s">
         <v>131</v>
       </c>
-      <c r="J66" t="s">
+      <c r="K66" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:11">
       <c r="A67" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B67" t="s">
         <v>127</v>
       </c>
       <c r="C67" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D67" t="s">
         <v>14</v>
       </c>
       <c r="E67" t="s">
         <v>15</v>
       </c>
       <c r="F67" t="s">
+        <v>72</v>
+      </c>
+      <c r="G67" t="s">
+        <v>12</v>
+      </c>
+      <c r="H67" t="s">
         <v>129</v>
       </c>
-      <c r="G67" t="s">
-[...2 lines deleted...]
-      <c r="H67" t="s">
+      <c r="I67" t="s">
         <v>130</v>
       </c>
-      <c r="I67" t="s">
+      <c r="J67" t="s">
         <v>131</v>
       </c>
-      <c r="J67" t="s">
+      <c r="K67" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="68" spans="1:11">
       <c r="A68" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B68" t="s">
         <v>127</v>
       </c>
       <c r="C68" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D68" t="s">
         <v>14</v>
       </c>
       <c r="E68" t="s">
         <v>23</v>
       </c>
       <c r="F68" t="s">
+        <v>72</v>
+      </c>
+      <c r="G68" t="s">
+        <v>12</v>
+      </c>
+      <c r="H68" t="s">
         <v>129</v>
       </c>
-      <c r="G68" t="s">
-[...2 lines deleted...]
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>130</v>
       </c>
-      <c r="I68" t="s">
+      <c r="J68" t="s">
         <v>131</v>
       </c>
-      <c r="J68" t="s">
+      <c r="K68" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="69" spans="1:11">
       <c r="A69" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B69" t="s">
         <v>127</v>
       </c>
       <c r="C69" t="s">
         <v>22</v>
       </c>
       <c r="D69" t="s">
         <v>14</v>
       </c>
       <c r="E69" t="s">
         <v>15</v>
       </c>
       <c r="F69" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G69" t="s">
         <v>12</v>
       </c>
       <c r="H69" t="s">
+        <v>129</v>
+      </c>
+      <c r="I69" t="s">
         <v>130</v>
       </c>
-      <c r="I69" t="s">
+      <c r="J69" t="s">
         <v>131</v>
       </c>
-      <c r="J69" t="s">
+      <c r="K69" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="70" spans="1:11">
       <c r="A70" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B70" t="s">
         <v>127</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>14</v>
       </c>
       <c r="E70" t="s">
         <v>23</v>
       </c>
       <c r="F70" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G70" t="s">
         <v>12</v>
       </c>
       <c r="H70" t="s">
+        <v>129</v>
+      </c>
+      <c r="I70" t="s">
         <v>130</v>
       </c>
-      <c r="I70" t="s">
+      <c r="J70" t="s">
         <v>131</v>
       </c>
-      <c r="J70" t="s">
+      <c r="K70" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="71" spans="1:11">
       <c r="A71" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B71" t="s">
         <v>127</v>
       </c>
       <c r="C71" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D71" t="s">
         <v>14</v>
       </c>
       <c r="E71" t="s">
         <v>15</v>
       </c>
       <c r="F71" t="s">
+        <v>72</v>
+      </c>
+      <c r="G71" t="s">
+        <v>146</v>
+      </c>
+      <c r="H71" t="s">
         <v>129</v>
       </c>
-      <c r="G71" t="s">
-[...2 lines deleted...]
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>130</v>
       </c>
-      <c r="I71" t="s">
+      <c r="J71" t="s">
         <v>131</v>
       </c>
-      <c r="J71" t="s">
+      <c r="K71" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="72" spans="1:11">
       <c r="A72" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B72" t="s">
         <v>127</v>
       </c>
       <c r="C72" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D72" t="s">
         <v>14</v>
       </c>
       <c r="E72" t="s">
         <v>23</v>
       </c>
       <c r="F72" t="s">
+        <v>72</v>
+      </c>
+      <c r="G72" t="s">
+        <v>146</v>
+      </c>
+      <c r="H72" t="s">
         <v>129</v>
       </c>
-      <c r="G72" t="s">
-[...2 lines deleted...]
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>130</v>
       </c>
-      <c r="I72" t="s">
+      <c r="J72" t="s">
         <v>131</v>
       </c>
-      <c r="J72" t="s">
+      <c r="K72" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="73" spans="1:11">
       <c r="A73" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B73" t="s">
         <v>127</v>
       </c>
       <c r="C73" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D73" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E73" t="s">
         <v>15</v>
       </c>
       <c r="F73" t="s">
-        <v>147</v>
+        <v>72</v>
       </c>
       <c r="G73" t="s">
-        <v>148</v>
+        <v>70</v>
       </c>
       <c r="H73" t="s">
+        <v>129</v>
+      </c>
+      <c r="I73" t="s">
         <v>130</v>
       </c>
-      <c r="I73" t="s">
+      <c r="J73" t="s">
         <v>131</v>
       </c>
-      <c r="J73" t="s">
+      <c r="K73" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="74" spans="1:11">
       <c r="A74" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B74" t="s">
         <v>127</v>
       </c>
       <c r="C74" t="s">
         <v>149</v>
       </c>
       <c r="D74" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E74" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F74" t="s">
-        <v>150</v>
+        <v>72</v>
       </c>
       <c r="G74" t="s">
-        <v>151</v>
+        <v>70</v>
       </c>
       <c r="H74" t="s">
+        <v>129</v>
+      </c>
+      <c r="I74" t="s">
         <v>130</v>
       </c>
-      <c r="I74" t="s">
+      <c r="J74" t="s">
         <v>131</v>
       </c>
-      <c r="J74" t="s">
+      <c r="K74" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="75" spans="1:11">
       <c r="A75" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B75" t="s">
         <v>127</v>
       </c>
       <c r="C75" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="D75" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E75" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F75" t="s">
-        <v>150</v>
+        <v>57</v>
       </c>
       <c r="G75" t="s">
         <v>151</v>
       </c>
       <c r="H75" t="s">
+        <v>129</v>
+      </c>
+      <c r="I75" t="s">
         <v>130</v>
       </c>
-      <c r="I75" t="s">
+      <c r="J75" t="s">
         <v>131</v>
       </c>
-      <c r="J75" t="s">
+      <c r="K75" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="76" spans="1:11">
       <c r="A76" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B76" t="s">
         <v>127</v>
       </c>
       <c r="C76" t="s">
+        <v>152</v>
+      </c>
+      <c r="D76" t="s">
+        <v>27</v>
+      </c>
+      <c r="E76" t="s">
+        <v>23</v>
+      </c>
+      <c r="F76" t="s">
+        <v>57</v>
+      </c>
+      <c r="G76" t="s">
         <v>153</v>
       </c>
-      <c r="D76" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H76" t="s">
+        <v>129</v>
+      </c>
+      <c r="I76" t="s">
         <v>130</v>
       </c>
-      <c r="I76" t="s">
+      <c r="J76" t="s">
         <v>131</v>
       </c>
-      <c r="J76" t="s">
+      <c r="K76" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="77" spans="1:11">
       <c r="A77" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B77" t="s">
         <v>127</v>
       </c>
       <c r="C77" t="s">
         <v>154</v>
       </c>
       <c r="D77" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E77" t="s">
         <v>15</v>
       </c>
       <c r="F77" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G77" t="s">
         <v>155</v>
       </c>
       <c r="H77" t="s">
+        <v>129</v>
+      </c>
+      <c r="I77" t="s">
         <v>130</v>
       </c>
-      <c r="I77" t="s">
+      <c r="J77" t="s">
         <v>131</v>
       </c>
-      <c r="J77" t="s">
+      <c r="K77" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="78" spans="1:11">
       <c r="A78" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B78" t="s">
         <v>127</v>
       </c>
       <c r="C78" t="s">
         <v>156</v>
       </c>
       <c r="D78" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E78" t="s">
         <v>23</v>
       </c>
       <c r="F78" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G78" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="H78" t="s">
+        <v>129</v>
+      </c>
+      <c r="I78" t="s">
         <v>130</v>
       </c>
-      <c r="I78" t="s">
+      <c r="J78" t="s">
         <v>131</v>
       </c>
-      <c r="J78" t="s">
+      <c r="K78" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="79" spans="1:11">
       <c r="A79" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B79" t="s">
         <v>127</v>
       </c>
       <c r="C79" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D79" t="s">
         <v>27</v>
       </c>
       <c r="E79" t="s">
         <v>15</v>
       </c>
       <c r="F79" t="s">
         <v>57</v>
       </c>
       <c r="G79" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="H79" t="s">
+        <v>129</v>
+      </c>
+      <c r="I79" t="s">
         <v>130</v>
       </c>
-      <c r="I79" t="s">
+      <c r="J79" t="s">
         <v>131</v>
       </c>
-      <c r="J79" t="s">
+      <c r="K79" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="80" spans="1:11">
       <c r="A80" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B80" t="s">
         <v>127</v>
       </c>
       <c r="C80" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D80" t="s">
         <v>27</v>
       </c>
       <c r="E80" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F80" t="s">
         <v>57</v>
       </c>
       <c r="G80" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H80" t="s">
+        <v>129</v>
+      </c>
+      <c r="I80" t="s">
         <v>130</v>
       </c>
-      <c r="I80" t="s">
+      <c r="J80" t="s">
         <v>131</v>
       </c>
-      <c r="J80" t="s">
+      <c r="K80" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="81" spans="1:11">
       <c r="A81" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B81" t="s">
         <v>127</v>
       </c>
       <c r="C81" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="D81" t="s">
         <v>27</v>
       </c>
       <c r="E81" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F81" t="s">
-        <v>57</v>
+        <v>163</v>
       </c>
       <c r="G81" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="H81" t="s">
+        <v>129</v>
+      </c>
+      <c r="I81" t="s">
         <v>130</v>
       </c>
-      <c r="I81" t="s">
+      <c r="J81" t="s">
         <v>131</v>
       </c>
-      <c r="J81" t="s">
+      <c r="K81" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="82" spans="1:11">
       <c r="A82" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B82" t="s">
         <v>127</v>
       </c>
       <c r="C82" t="s">
+        <v>165</v>
+      </c>
+      <c r="D82" t="s">
+        <v>27</v>
+      </c>
+      <c r="E82" t="s">
+        <v>23</v>
+      </c>
+      <c r="F82" t="s">
         <v>163</v>
       </c>
-      <c r="D82" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G82" t="s">
-        <v>151</v>
+        <v>164</v>
       </c>
       <c r="H82" t="s">
+        <v>129</v>
+      </c>
+      <c r="I82" t="s">
         <v>130</v>
       </c>
-      <c r="I82" t="s">
+      <c r="J82" t="s">
         <v>131</v>
       </c>
-      <c r="J82" t="s">
+      <c r="K82" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="83" spans="1:11">
       <c r="A83" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B83" t="s">
         <v>127</v>
       </c>
       <c r="C83" t="s">
+        <v>166</v>
+      </c>
+      <c r="D83" t="s">
+        <v>27</v>
+      </c>
+      <c r="E83" t="s">
+        <v>15</v>
+      </c>
+      <c r="F83" t="s">
+        <v>163</v>
+      </c>
+      <c r="G83" t="s">
         <v>164</v>
       </c>
-      <c r="D83" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H83" t="s">
+        <v>129</v>
+      </c>
+      <c r="I83" t="s">
         <v>130</v>
       </c>
-      <c r="I83" t="s">
+      <c r="J83" t="s">
         <v>131</v>
       </c>
-      <c r="J83" t="s">
+      <c r="K83" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="84" spans="1:11">
       <c r="A84" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B84" t="s">
         <v>127</v>
       </c>
       <c r="C84" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="D84" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E84" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F84" t="s">
-        <v>129</v>
+        <v>163</v>
       </c>
       <c r="G84" t="s">
-        <v>12</v>
+        <v>164</v>
       </c>
       <c r="H84" t="s">
+        <v>168</v>
+      </c>
+      <c r="I84" t="s">
         <v>130</v>
       </c>
-      <c r="I84" t="s">
+      <c r="J84" t="s">
         <v>131</v>
       </c>
-      <c r="J84" t="s">
+      <c r="K84" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="85" spans="1:11">
       <c r="A85" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B85" t="s">
         <v>127</v>
       </c>
       <c r="C85" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D85" t="s">
         <v>27</v>
       </c>
       <c r="E85" t="s">
         <v>15</v>
       </c>
       <c r="F85" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="G85" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="H85" t="s">
+        <v>129</v>
+      </c>
+      <c r="I85" t="s">
         <v>130</v>
       </c>
-      <c r="I85" t="s">
+      <c r="J85" t="s">
         <v>131</v>
       </c>
-      <c r="J85" t="s">
+      <c r="K85" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="86" spans="1:11">
       <c r="A86" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B86" t="s">
         <v>127</v>
       </c>
       <c r="C86" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D86" t="s">
         <v>27</v>
       </c>
       <c r="E86" t="s">
         <v>15</v>
       </c>
       <c r="F86" t="s">
-        <v>57</v>
+        <v>172</v>
       </c>
       <c r="G86" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="H86" t="s">
+        <v>129</v>
+      </c>
+      <c r="I86" t="s">
         <v>130</v>
       </c>
-      <c r="I86" t="s">
+      <c r="J86" t="s">
         <v>131</v>
       </c>
-      <c r="J86" t="s">
+      <c r="K86" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="87" spans="1:11">
       <c r="A87" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B87" t="s">
         <v>127</v>
       </c>
       <c r="C87" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="D87" t="s">
         <v>27</v>
       </c>
       <c r="E87" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F87" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="G87" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="H87" t="s">
+        <v>129</v>
+      </c>
+      <c r="I87" t="s">
         <v>130</v>
       </c>
-      <c r="I87" t="s">
+      <c r="J87" t="s">
         <v>131</v>
       </c>
-      <c r="J87" t="s">
+      <c r="K87" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="88" spans="1:11">
       <c r="A88" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B88" t="s">
         <v>127</v>
       </c>
       <c r="C88" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="D88" t="s">
         <v>27</v>
       </c>
       <c r="E88" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F88" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="G88" t="s">
-        <v>151</v>
+        <v>173</v>
       </c>
       <c r="H88" t="s">
+        <v>129</v>
+      </c>
+      <c r="I88" t="s">
         <v>130</v>
       </c>
-      <c r="I88" t="s">
+      <c r="J88" t="s">
         <v>131</v>
       </c>
-      <c r="J88" t="s">
+      <c r="K88" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="89" spans="1:11">
       <c r="A89" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B89" t="s">
         <v>127</v>
       </c>
       <c r="C89" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="D89" t="s">
         <v>27</v>
       </c>
       <c r="E89" t="s">
         <v>23</v>
       </c>
       <c r="F89" t="s">
-        <v>150</v>
+        <v>172</v>
       </c>
       <c r="G89" t="s">
-        <v>151</v>
+        <v>170</v>
       </c>
       <c r="H89" t="s">
+        <v>129</v>
+      </c>
+      <c r="I89" t="s">
         <v>130</v>
       </c>
-      <c r="I89" t="s">
+      <c r="J89" t="s">
         <v>131</v>
       </c>
-      <c r="J89" t="s">
+      <c r="K89" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="90" spans="1:11">
       <c r="A90" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B90" t="s">
         <v>127</v>
       </c>
       <c r="C90" t="s">
+        <v>177</v>
+      </c>
+      <c r="D90" t="s">
+        <v>27</v>
+      </c>
+      <c r="E90" t="s">
+        <v>15</v>
+      </c>
+      <c r="F90" t="s">
         <v>172</v>
       </c>
-      <c r="D90" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G90" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="H90" t="s">
+        <v>129</v>
+      </c>
+      <c r="I90" t="s">
         <v>130</v>
       </c>
-      <c r="I90" t="s">
+      <c r="J90" t="s">
         <v>131</v>
       </c>
-      <c r="J90" t="s">
+      <c r="K90" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="91" spans="1:11">
       <c r="A91" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B91" t="s">
         <v>127</v>
       </c>
       <c r="C91" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="D91" t="s">
         <v>27</v>
       </c>
       <c r="E91" t="s">
         <v>23</v>
       </c>
       <c r="F91" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
       <c r="G91" t="s">
-        <v>148</v>
+        <v>170</v>
       </c>
       <c r="H91" t="s">
+        <v>129</v>
+      </c>
+      <c r="I91" t="s">
         <v>130</v>
       </c>
-      <c r="I91" t="s">
+      <c r="J91" t="s">
         <v>131</v>
       </c>
-      <c r="J91" t="s">
+      <c r="K91" s="8" t="s">
         <v>132</v>
-      </c>
-[...1 lines deleted...]
-        <v>133</v>
       </c>
     </row>
     <row r="92" spans="1:11">
       <c r="A92" s="3" t="s">
         <v>126</v>
       </c>
       <c r="B92" t="s">
         <v>127</v>
       </c>
       <c r="C92" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D92" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E92" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F92" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G92" t="s">
-        <v>175</v>
+        <v>127</v>
       </c>
       <c r="H92" t="s">
+        <v>129</v>
+      </c>
+      <c r="I92" t="s">
         <v>130</v>
       </c>
-      <c r="I92" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J92" t="s">
-        <v>132</v>
+        <v>180</v>
       </c>
       <c r="K92" s="8" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
     </row>
     <row r="93" spans="1:11">
       <c r="A93" s="3" t="s">
-        <v>126</v>
+        <v>182</v>
       </c>
       <c r="B93" t="s">
-        <v>127</v>
+        <v>183</v>
       </c>
       <c r="C93" t="s">
-        <v>176</v>
+        <v>184</v>
       </c>
       <c r="D93" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E93" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F93" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G93" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="H93" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="I93" t="s">
-        <v>131</v>
+        <v>187</v>
       </c>
       <c r="J93" t="s">
-        <v>179</v>
+        <v>188</v>
       </c>
       <c r="K93" s="8" t="s">
-        <v>180</v>
+        <v>189</v>
       </c>
     </row>
     <row r="94" spans="1:11">
       <c r="A94" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B94" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C94" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="D94" t="s">
         <v>14</v>
       </c>
       <c r="E94" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F94" t="s">
         <v>72</v>
       </c>
       <c r="G94" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H94" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I94" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J94" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K94" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="95" spans="1:11">
       <c r="A95" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B95" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C95" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="D95" t="s">
         <v>14</v>
       </c>
       <c r="E95" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F95" t="s">
         <v>72</v>
       </c>
       <c r="G95" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="H95" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I95" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J95" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K95" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="96" spans="1:11">
       <c r="A96" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B96" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C96" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="D96" t="s">
         <v>14</v>
       </c>
       <c r="E96" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F96" t="s">
         <v>72</v>
       </c>
       <c r="G96" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H96" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I96" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J96" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K96" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="97" spans="1:11">
       <c r="A97" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B97" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C97" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="D97" t="s">
         <v>14</v>
       </c>
       <c r="E97" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F97" t="s">
         <v>72</v>
       </c>
       <c r="G97" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="H97" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I97" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J97" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K97" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="98" spans="1:11">
       <c r="A98" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B98" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C98" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="D98" t="s">
         <v>14</v>
       </c>
       <c r="E98" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F98" t="s">
         <v>72</v>
       </c>
       <c r="G98" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H98" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I98" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J98" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K98" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="99" spans="1:11">
       <c r="A99" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B99" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C99" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D99" t="s">
         <v>14</v>
       </c>
       <c r="E99" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F99" t="s">
         <v>72</v>
       </c>
       <c r="G99" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="H99" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I99" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J99" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K99" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="100" spans="1:11">
       <c r="A100" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B100" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C100" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="D100" t="s">
         <v>14</v>
       </c>
       <c r="E100" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F100" t="s">
         <v>72</v>
       </c>
       <c r="G100" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H100" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I100" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J100" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K100" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="101" spans="1:11">
       <c r="A101" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B101" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C101" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="D101" t="s">
         <v>14</v>
       </c>
       <c r="E101" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F101" t="s">
         <v>72</v>
       </c>
       <c r="G101" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="H101" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I101" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J101" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K101" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="102" spans="1:11">
       <c r="A102" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B102" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C102" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="D102" t="s">
         <v>14</v>
       </c>
       <c r="E102" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F102" t="s">
         <v>72</v>
       </c>
       <c r="G102" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H102" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I102" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J102" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K102" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="103" spans="1:11">
       <c r="A103" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B103" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C103" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="D103" t="s">
         <v>14</v>
       </c>
       <c r="E103" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F103" t="s">
         <v>72</v>
       </c>
       <c r="G103" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="H103" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I103" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J103" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K103" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="104" spans="1:11">
       <c r="A104" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B104" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C104" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="D104" t="s">
         <v>14</v>
       </c>
       <c r="E104" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F104" t="s">
         <v>72</v>
       </c>
       <c r="G104" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="H104" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I104" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J104" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K104" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="105" spans="1:11">
       <c r="A105" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B105" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C105" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="D105" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E105" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F105" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G105" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="H105" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I105" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J105" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K105" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="106" spans="1:11">
       <c r="A106" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B106" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C106" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="D106" t="s">
         <v>27</v>
       </c>
       <c r="E106" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F106" t="s">
         <v>57</v>
       </c>
       <c r="G106" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H106" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I106" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J106" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K106" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="107" spans="1:11">
       <c r="A107" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B107" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C107" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="D107" t="s">
         <v>27</v>
       </c>
       <c r="E107" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F107" t="s">
         <v>57</v>
       </c>
       <c r="G107" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="H107" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I107" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J107" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K107" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="108" spans="1:11">
       <c r="A108" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B108" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C108" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="D108" t="s">
         <v>27</v>
       </c>
       <c r="E108" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F108" t="s">
         <v>57</v>
       </c>
       <c r="G108" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="H108" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I108" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J108" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K108" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="109" spans="1:11">
       <c r="A109" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B109" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C109" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D109" t="s">
         <v>27</v>
       </c>
       <c r="E109" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F109" t="s">
         <v>57</v>
       </c>
       <c r="G109" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="H109" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I109" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J109" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K109" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="110" spans="1:11">
       <c r="A110" s="3" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="B110" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C110" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D110" t="s">
         <v>27</v>
       </c>
       <c r="E110" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F110" t="s">
         <v>57</v>
       </c>
       <c r="G110" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H110" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I110" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J110" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="K110" s="8" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="111" spans="1:11">
       <c r="A111" s="3" t="s">
-        <v>181</v>
+        <v>215</v>
       </c>
       <c r="B111" t="s">
-        <v>182</v>
+        <v>216</v>
       </c>
       <c r="C111" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="D111" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E111" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F111" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G111" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="H111" t="s">
-        <v>185</v>
+        <v>220</v>
       </c>
       <c r="I111" t="s">
-        <v>186</v>
+        <v>221</v>
       </c>
       <c r="J111" t="s">
-        <v>187</v>
+        <v>222</v>
       </c>
       <c r="K111" s="8" t="s">
-        <v>188</v>
+        <v>223</v>
       </c>
     </row>
     <row r="112" spans="1:11">
       <c r="A112" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B112" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C112" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="D112" t="s">
         <v>14</v>
       </c>
       <c r="E112" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F112" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G112" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="H112" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I112" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J112" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K112" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="113" spans="1:11">
       <c r="A113" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B113" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C113" t="s">
+        <v>225</v>
+      </c>
+      <c r="D113" t="s">
+        <v>27</v>
+      </c>
+      <c r="E113" t="s">
+        <v>15</v>
+      </c>
+      <c r="F113" t="s">
+        <v>226</v>
+      </c>
+      <c r="G113" t="s">
+        <v>227</v>
+      </c>
+      <c r="H113" t="s">
+        <v>220</v>
+      </c>
+      <c r="I113" t="s">
+        <v>221</v>
+      </c>
+      <c r="J113" t="s">
         <v>222</v>
       </c>
-      <c r="D113" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K113" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="114" spans="1:11">
       <c r="A114" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B114" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C114" t="s">
+        <v>228</v>
+      </c>
+      <c r="D114" t="s">
+        <v>27</v>
+      </c>
+      <c r="E114" t="s">
+        <v>23</v>
+      </c>
+      <c r="F114" t="s">
+        <v>226</v>
+      </c>
+      <c r="G114" t="s">
+        <v>227</v>
+      </c>
+      <c r="H114" t="s">
+        <v>220</v>
+      </c>
+      <c r="I114" t="s">
+        <v>221</v>
+      </c>
+      <c r="J114" t="s">
+        <v>222</v>
+      </c>
+      <c r="K114" s="8" t="s">
         <v>223</v>
-      </c>
-[...22 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="115" spans="1:11">
       <c r="A115" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B115" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C115" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="D115" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E115" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F115" t="s">
-        <v>224</v>
+        <v>16</v>
       </c>
       <c r="G115" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="H115" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I115" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J115" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K115" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="116" spans="1:11">
       <c r="A116" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B116" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C116" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="D116" t="s">
         <v>14</v>
       </c>
       <c r="E116" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F116" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="G116" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H116" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I116" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J116" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K116" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="117" spans="1:11">
       <c r="A117" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B117" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C117" t="s">
-        <v>229</v>
+        <v>203</v>
       </c>
       <c r="D117" t="s">
         <v>14</v>
       </c>
       <c r="E117" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F117" t="s">
         <v>72</v>
       </c>
       <c r="G117" t="s">
-        <v>228</v>
+        <v>141</v>
       </c>
       <c r="H117" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I117" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J117" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K117" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="118" spans="1:11">
       <c r="A118" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B118" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C118" t="s">
-        <v>202</v>
+        <v>232</v>
       </c>
       <c r="D118" t="s">
         <v>14</v>
       </c>
       <c r="E118" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F118" t="s">
         <v>72</v>
       </c>
       <c r="G118" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H118" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I118" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J118" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K118" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="119" spans="1:11">
       <c r="A119" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B119" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C119" t="s">
-        <v>230</v>
+        <v>233</v>
       </c>
       <c r="D119" t="s">
         <v>14</v>
       </c>
       <c r="E119" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F119" t="s">
         <v>72</v>
       </c>
       <c r="G119" t="s">
-        <v>155</v>
+        <v>12</v>
       </c>
       <c r="H119" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I119" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J119" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K119" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="120" spans="1:11">
       <c r="A120" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B120" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C120" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="D120" t="s">
         <v>14</v>
       </c>
       <c r="E120" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F120" t="s">
         <v>72</v>
       </c>
       <c r="G120" t="s">
         <v>12</v>
       </c>
       <c r="H120" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I120" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J120" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K120" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="121" spans="1:11">
       <c r="A121" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B121" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C121" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="D121" t="s">
         <v>14</v>
       </c>
       <c r="E121" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F121" t="s">
         <v>72</v>
       </c>
       <c r="G121" t="s">
-        <v>12</v>
+        <v>236</v>
       </c>
       <c r="H121" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I121" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J121" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K121" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="122" spans="1:11">
       <c r="A122" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B122" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C122" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="D122" t="s">
         <v>14</v>
       </c>
       <c r="E122" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F122" t="s">
         <v>72</v>
       </c>
       <c r="G122" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H122" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I122" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J122" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="K122" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="123" spans="1:11">
       <c r="A123" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B123" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C123" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="D123" t="s">
         <v>14</v>
       </c>
       <c r="E123" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F123" t="s">
         <v>72</v>
       </c>
       <c r="G123" t="s">
-        <v>234</v>
+        <v>127</v>
       </c>
       <c r="H123" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I123" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J123" t="s">
-        <v>220</v>
+        <v>239</v>
       </c>
       <c r="K123" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="124" spans="1:11">
       <c r="A124" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B124" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C124" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="D124" t="s">
         <v>14</v>
       </c>
       <c r="E124" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F124" t="s">
         <v>72</v>
       </c>
       <c r="G124" t="s">
         <v>127</v>
       </c>
       <c r="H124" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I124" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J124" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K124" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="125" spans="1:11">
       <c r="A125" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B125" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C125" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="D125" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E125" t="s">
         <v>23</v>
       </c>
       <c r="F125" t="s">
-        <v>72</v>
+        <v>242</v>
       </c>
       <c r="G125" t="s">
-        <v>127</v>
+        <v>243</v>
       </c>
       <c r="H125" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I125" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J125" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K125" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="126" spans="1:11">
       <c r="A126" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B126" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C126" t="s">
+        <v>244</v>
+      </c>
+      <c r="D126" t="s">
+        <v>27</v>
+      </c>
+      <c r="E126" t="s">
+        <v>15</v>
+      </c>
+      <c r="F126" t="s">
+        <v>242</v>
+      </c>
+      <c r="G126" t="s">
+        <v>245</v>
+      </c>
+      <c r="H126" t="s">
+        <v>220</v>
+      </c>
+      <c r="I126" t="s">
+        <v>221</v>
+      </c>
+      <c r="J126" t="s">
         <v>239</v>
       </c>
-      <c r="D126" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K126" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="127" spans="1:11">
       <c r="A127" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B127" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C127" t="s">
+        <v>246</v>
+      </c>
+      <c r="D127" t="s">
+        <v>27</v>
+      </c>
+      <c r="E127" t="s">
+        <v>23</v>
+      </c>
+      <c r="F127" t="s">
         <v>242</v>
       </c>
-      <c r="D127" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G127" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H127" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I127" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J127" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K127" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="128" spans="1:11">
       <c r="A128" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B128" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C128" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="D128" t="s">
         <v>27</v>
       </c>
       <c r="E128" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F128" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G128" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H128" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I128" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J128" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K128" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="129" spans="1:11">
       <c r="A129" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B129" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C129" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="D129" t="s">
         <v>27</v>
       </c>
       <c r="E129" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F129" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G129" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H129" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I129" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J129" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K129" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="130" spans="1:11">
       <c r="A130" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B130" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C130" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="D130" t="s">
         <v>27</v>
       </c>
       <c r="E130" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F130" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G130" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H130" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I130" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J130" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K130" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="131" spans="1:11">
       <c r="A131" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B131" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C131" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="D131" t="s">
         <v>27</v>
       </c>
       <c r="E131" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F131" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G131" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H131" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I131" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J131" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K131" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="132" spans="1:11">
       <c r="A132" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B132" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C132" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
       <c r="D132" t="s">
         <v>27</v>
       </c>
       <c r="E132" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F132" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G132" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="H132" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I132" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J132" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K132" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="133" spans="1:11">
       <c r="A133" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B133" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C133" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="D133" t="s">
         <v>27</v>
       </c>
       <c r="E133" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F133" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G133" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H133" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I133" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J133" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K133" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="134" spans="1:11">
       <c r="A134" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B134" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C134" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="D134" t="s">
         <v>27</v>
       </c>
       <c r="E134" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F134" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G134" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="H134" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I134" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J134" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K134" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="135" spans="1:11">
       <c r="A135" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B135" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C135" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="D135" t="s">
         <v>27</v>
       </c>
       <c r="E135" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F135" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G135" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H135" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I135" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J135" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K135" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="136" spans="1:11">
       <c r="A136" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B136" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C136" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="D136" t="s">
         <v>27</v>
       </c>
       <c r="E136" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F136" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G136" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H136" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I136" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J136" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K136" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="137" spans="1:11">
       <c r="A137" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B137" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C137" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="D137" t="s">
         <v>27</v>
       </c>
       <c r="E137" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F137" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G137" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H137" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I137" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J137" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K137" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="138" spans="1:11">
       <c r="A138" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B138" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C138" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="D138" t="s">
         <v>27</v>
       </c>
       <c r="E138" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F138" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G138" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H138" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I138" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J138" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K138" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="139" spans="1:11">
       <c r="A139" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B139" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C139" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="D139" t="s">
         <v>27</v>
       </c>
       <c r="E139" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F139" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G139" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H139" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I139" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J139" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K139" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="140" spans="1:11">
       <c r="A140" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B140" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C140" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="D140" t="s">
         <v>27</v>
       </c>
       <c r="E140" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F140" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G140" t="s">
-        <v>261</v>
+        <v>243</v>
       </c>
       <c r="H140" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I140" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="J140" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="K140" s="8" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="141" spans="1:11">
       <c r="A141" s="3" t="s">
-        <v>214</v>
+        <v>266</v>
       </c>
       <c r="B141" t="s">
-        <v>215</v>
+        <v>12</v>
       </c>
       <c r="C141" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D141" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E141" t="s">
         <v>15</v>
       </c>
       <c r="F141" t="s">
-        <v>240</v>
+        <v>218</v>
       </c>
       <c r="G141" t="s">
-        <v>241</v>
+        <v>12</v>
       </c>
       <c r="H141" t="s">
-        <v>218</v>
+        <v>268</v>
       </c>
       <c r="I141" t="s">
-        <v>219</v>
+        <v>269</v>
       </c>
       <c r="J141" t="s">
-        <v>237</v>
+        <v>270</v>
       </c>
       <c r="K141" s="8" t="s">
-        <v>221</v>
+        <v>271</v>
       </c>
     </row>
     <row r="142" spans="1:11">
       <c r="A142" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B142" t="s">
         <v>12</v>
       </c>
       <c r="C142" t="s">
-        <v>265</v>
+        <v>272</v>
       </c>
       <c r="D142" t="s">
         <v>14</v>
       </c>
       <c r="E142" t="s">
         <v>15</v>
       </c>
       <c r="F142" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G142" t="s">
-        <v>12</v>
+        <v>273</v>
       </c>
       <c r="H142" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="I142" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="J142" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K142" s="8" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="143" spans="1:11">
       <c r="A143" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B143" t="s">
         <v>12</v>
       </c>
       <c r="C143" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="D143" t="s">
         <v>14</v>
       </c>
       <c r="E143" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F143" t="s">
         <v>72</v>
       </c>
       <c r="G143" t="s">
-        <v>271</v>
+        <v>12</v>
       </c>
       <c r="H143" t="s">
-        <v>266</v>
+        <v>275</v>
       </c>
       <c r="I143" t="s">
-        <v>267</v>
+        <v>276</v>
       </c>
       <c r="J143" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K143" s="8" t="s">
-        <v>269</v>
+        <v>277</v>
       </c>
     </row>
     <row r="144" spans="1:11">
       <c r="A144" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B144" t="s">
         <v>12</v>
       </c>
       <c r="C144" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="D144" t="s">
         <v>14</v>
       </c>
       <c r="E144" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F144" t="s">
         <v>72</v>
       </c>
       <c r="G144" t="s">
         <v>12</v>
       </c>
       <c r="H144" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I144" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J144" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K144" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="145" spans="1:11">
       <c r="A145" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B145" t="s">
         <v>12</v>
       </c>
       <c r="C145" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="D145" t="s">
         <v>14</v>
       </c>
       <c r="E145" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F145" t="s">
         <v>72</v>
       </c>
       <c r="G145" t="s">
         <v>12</v>
       </c>
       <c r="H145" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I145" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J145" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K145" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="146" spans="1:11">
       <c r="A146" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B146" t="s">
         <v>12</v>
       </c>
       <c r="C146" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="D146" t="s">
         <v>14</v>
       </c>
       <c r="E146" t="s">
         <v>23</v>
       </c>
       <c r="F146" t="s">
         <v>72</v>
       </c>
       <c r="G146" t="s">
-        <v>12</v>
+        <v>281</v>
       </c>
       <c r="H146" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I146" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J146" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K146" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="147" spans="1:11">
       <c r="A147" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B147" t="s">
         <v>12</v>
       </c>
       <c r="C147" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D147" t="s">
         <v>14</v>
       </c>
       <c r="E147" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F147" t="s">
         <v>72</v>
       </c>
       <c r="G147" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="H147" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I147" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="J147" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K147" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="148" spans="1:11">
       <c r="A148" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B148" t="s">
         <v>12</v>
       </c>
       <c r="C148" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="D148" t="s">
         <v>14</v>
       </c>
       <c r="E148" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F148" t="s">
         <v>72</v>
       </c>
       <c r="G148" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="H148" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I148" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="J148" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K148" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="149" spans="1:11">
       <c r="A149" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B149" t="s">
         <v>12</v>
       </c>
       <c r="C149" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="D149" t="s">
         <v>14</v>
       </c>
       <c r="E149" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F149" t="s">
-        <v>72</v>
+        <v>28</v>
       </c>
       <c r="G149" t="s">
-        <v>281</v>
+        <v>12</v>
       </c>
       <c r="H149" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I149" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J149" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K149" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="150" spans="1:11">
       <c r="A150" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B150" t="s">
         <v>12</v>
       </c>
       <c r="C150" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="D150" t="s">
         <v>14</v>
       </c>
       <c r="E150" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F150" t="s">
         <v>28</v>
       </c>
       <c r="G150" t="s">
         <v>12</v>
       </c>
       <c r="H150" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I150" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J150" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K150" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="151" spans="1:11">
       <c r="A151" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B151" t="s">
         <v>12</v>
       </c>
       <c r="C151" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="D151" t="s">
         <v>14</v>
       </c>
       <c r="E151" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F151" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="G151" t="s">
         <v>12</v>
       </c>
       <c r="H151" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I151" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J151" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K151" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="152" spans="1:11">
       <c r="A152" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B152" t="s">
         <v>12</v>
       </c>
       <c r="C152" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="D152" t="s">
         <v>14</v>
       </c>
       <c r="E152" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F152" t="s">
         <v>32</v>
       </c>
       <c r="G152" t="s">
         <v>12</v>
       </c>
       <c r="H152" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I152" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J152" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K152" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="153" spans="1:11">
       <c r="A153" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B153" t="s">
         <v>12</v>
       </c>
       <c r="C153" t="s">
-        <v>287</v>
+        <v>108</v>
       </c>
       <c r="D153" t="s">
         <v>14</v>
       </c>
       <c r="E153" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F153" t="s">
         <v>32</v>
       </c>
       <c r="G153" t="s">
         <v>12</v>
       </c>
       <c r="H153" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I153" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J153" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K153" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="154" spans="1:11">
       <c r="A154" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B154" t="s">
         <v>12</v>
       </c>
       <c r="C154" t="s">
-        <v>108</v>
+        <v>290</v>
       </c>
       <c r="D154" t="s">
         <v>14</v>
       </c>
       <c r="E154" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F154" t="s">
         <v>32</v>
       </c>
       <c r="G154" t="s">
         <v>12</v>
       </c>
       <c r="H154" t="s">
-        <v>273</v>
+        <v>291</v>
       </c>
       <c r="I154" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J154" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K154" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="155" spans="1:11">
       <c r="A155" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B155" t="s">
         <v>12</v>
       </c>
       <c r="C155" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D155" t="s">
         <v>14</v>
       </c>
       <c r="E155" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F155" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="G155" t="s">
         <v>12</v>
       </c>
       <c r="H155" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="I155" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J155" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K155" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="156" spans="1:11">
       <c r="A156" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B156" t="s">
         <v>12</v>
       </c>
       <c r="C156" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="D156" t="s">
         <v>14</v>
       </c>
       <c r="E156" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F156" t="s">
         <v>28</v>
       </c>
       <c r="G156" t="s">
         <v>12</v>
       </c>
       <c r="H156" t="s">
-        <v>289</v>
+        <v>275</v>
       </c>
       <c r="I156" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J156" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K156" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="157" spans="1:11">
       <c r="A157" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B157" t="s">
         <v>12</v>
       </c>
       <c r="C157" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="D157" t="s">
         <v>14</v>
       </c>
       <c r="E157" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F157" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="G157" t="s">
         <v>12</v>
       </c>
       <c r="H157" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I157" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J157" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K157" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="158" spans="1:11">
       <c r="A158" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B158" t="s">
         <v>12</v>
       </c>
       <c r="C158" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="D158" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E158" t="s">
         <v>15</v>
       </c>
       <c r="F158" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G158" t="s">
-        <v>12</v>
+        <v>296</v>
       </c>
       <c r="H158" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I158" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J158" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K158" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="159" spans="1:11">
       <c r="A159" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B159" t="s">
         <v>12</v>
       </c>
       <c r="C159" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="D159" t="s">
         <v>27</v>
       </c>
       <c r="E159" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F159" t="s">
         <v>57</v>
       </c>
       <c r="G159" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H159" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I159" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J159" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K159" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="160" spans="1:11">
       <c r="A160" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B160" t="s">
         <v>12</v>
       </c>
       <c r="C160" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="D160" t="s">
         <v>27</v>
       </c>
       <c r="E160" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F160" t="s">
         <v>57</v>
       </c>
       <c r="G160" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="H160" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I160" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J160" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K160" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="161" spans="1:11">
       <c r="A161" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B161" t="s">
         <v>12</v>
       </c>
       <c r="C161" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="D161" t="s">
         <v>27</v>
       </c>
       <c r="E161" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F161" t="s">
         <v>57</v>
       </c>
       <c r="G161" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="H161" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I161" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J161" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K161" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="162" spans="1:11">
       <c r="A162" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B162" t="s">
         <v>12</v>
       </c>
       <c r="C162" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="D162" t="s">
         <v>27</v>
       </c>
       <c r="E162" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F162" t="s">
-        <v>57</v>
+        <v>109</v>
       </c>
       <c r="G162" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="H162" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I162" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J162" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K162" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="163" spans="1:11">
       <c r="A163" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B163" t="s">
         <v>12</v>
       </c>
       <c r="C163" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="D163" t="s">
         <v>27</v>
       </c>
       <c r="E163" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F163" t="s">
-        <v>109</v>
+        <v>57</v>
       </c>
       <c r="G163" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="H163" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I163" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J163" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K163" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="164" spans="1:11">
       <c r="A164" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B164" t="s">
         <v>12</v>
       </c>
       <c r="C164" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="D164" t="s">
         <v>27</v>
       </c>
       <c r="E164" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F164" t="s">
-        <v>57</v>
+        <v>305</v>
       </c>
       <c r="G164" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="H164" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I164" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J164" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K164" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="165" spans="1:11">
       <c r="A165" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B165" t="s">
         <v>12</v>
       </c>
       <c r="C165" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="D165" t="s">
         <v>27</v>
       </c>
       <c r="E165" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F165" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="G165" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="H165" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I165" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J165" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K165" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="166" spans="1:11">
       <c r="A166" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B166" t="s">
         <v>12</v>
       </c>
       <c r="C166" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="D166" t="s">
         <v>27</v>
       </c>
       <c r="E166" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F166" t="s">
-        <v>303</v>
+        <v>39</v>
       </c>
       <c r="G166" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="H166" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I166" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J166" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K166" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="167" spans="1:11">
       <c r="A167" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B167" t="s">
         <v>12</v>
       </c>
       <c r="C167" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D167" t="s">
         <v>27</v>
       </c>
       <c r="E167" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F167" t="s">
-        <v>39</v>
+        <v>113</v>
       </c>
       <c r="G167" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H167" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I167" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J167" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K167" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="168" spans="1:11">
       <c r="A168" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B168" t="s">
         <v>12</v>
       </c>
       <c r="C168" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="D168" t="s">
         <v>27</v>
       </c>
       <c r="E168" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F168" t="s">
-        <v>113</v>
+        <v>312</v>
       </c>
       <c r="G168" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="H168" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I168" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J168" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K168" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="169" spans="1:11">
       <c r="A169" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B169" t="s">
         <v>12</v>
       </c>
       <c r="C169" t="s">
+        <v>313</v>
+      </c>
+      <c r="D169" t="s">
+        <v>27</v>
+      </c>
+      <c r="E169" t="s">
+        <v>23</v>
+      </c>
+      <c r="F169" t="s">
+        <v>113</v>
+      </c>
+      <c r="G169" t="s">
         <v>309</v>
       </c>
-      <c r="D169" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H169" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I169" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J169" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K169" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="170" spans="1:11">
       <c r="A170" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B170" t="s">
         <v>12</v>
       </c>
       <c r="C170" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="D170" t="s">
         <v>27</v>
       </c>
       <c r="E170" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F170" t="s">
-        <v>113</v>
+        <v>45</v>
       </c>
       <c r="G170" t="s">
-        <v>307</v>
+        <v>315</v>
       </c>
       <c r="H170" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I170" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J170" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K170" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="171" spans="1:11">
       <c r="A171" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B171" t="s">
         <v>12</v>
       </c>
       <c r="C171" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="D171" t="s">
         <v>27</v>
       </c>
       <c r="E171" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F171" t="s">
         <v>45</v>
       </c>
       <c r="G171" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H171" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I171" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J171" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K171" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="172" spans="1:11">
       <c r="A172" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B172" t="s">
         <v>12</v>
       </c>
       <c r="C172" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="D172" t="s">
         <v>27</v>
       </c>
       <c r="E172" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F172" t="s">
-        <v>45</v>
+        <v>226</v>
       </c>
       <c r="G172" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="H172" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I172" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J172" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K172" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="173" spans="1:11">
       <c r="A173" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B173" t="s">
         <v>12</v>
       </c>
       <c r="C173" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="D173" t="s">
         <v>27</v>
       </c>
       <c r="E173" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F173" t="s">
-        <v>224</v>
+        <v>57</v>
       </c>
       <c r="G173" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H173" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I173" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J173" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K173" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="174" spans="1:11">
       <c r="A174" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B174" t="s">
         <v>12</v>
       </c>
       <c r="C174" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="D174" t="s">
         <v>27</v>
       </c>
       <c r="E174" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F174" t="s">
         <v>57</v>
       </c>
       <c r="G174" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="H174" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I174" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J174" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K174" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="175" spans="1:11">
       <c r="A175" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B175" t="s">
         <v>12</v>
       </c>
       <c r="C175" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="D175" t="s">
         <v>27</v>
       </c>
       <c r="E175" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F175" t="s">
         <v>57</v>
       </c>
       <c r="G175" t="s">
-        <v>319</v>
+        <v>318</v>
       </c>
       <c r="H175" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="I175" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="J175" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="K175" s="8" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="176" spans="1:11">
       <c r="A176" s="3" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="B176" t="s">
         <v>12</v>
       </c>
       <c r="C176" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="D176" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E176" t="s">
         <v>23</v>
       </c>
       <c r="F176" t="s">
-        <v>57</v>
+        <v>28</v>
       </c>
       <c r="G176" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
       <c r="H176" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="I176" t="s">
-        <v>274</v>
+        <v>269</v>
       </c>
       <c r="J176" t="s">
-        <v>268</v>
+        <v>325</v>
       </c>
       <c r="K176" s="8" t="s">
-        <v>275</v>
+        <v>271</v>
       </c>
     </row>
     <row r="177" spans="1:11">
       <c r="A177" s="3" t="s">
-        <v>264</v>
+        <v>326</v>
       </c>
       <c r="B177" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="C177" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="D177" t="s">
         <v>14</v>
       </c>
       <c r="E177" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F177" t="s">
-        <v>28</v>
+        <v>218</v>
       </c>
       <c r="G177" t="s">
-        <v>322</v>
+        <v>70</v>
       </c>
       <c r="H177" t="s">
-        <v>266</v>
+        <v>328</v>
       </c>
       <c r="I177" t="s">
-        <v>267</v>
+        <v>329</v>
       </c>
       <c r="J177" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="K177" s="8" t="s">
-        <v>269</v>
+        <v>331</v>
       </c>
     </row>
     <row r="178" spans="1:11">
       <c r="A178" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B178" t="s">
         <v>70</v>
       </c>
       <c r="C178" t="s">
-        <v>325</v>
+        <v>71</v>
       </c>
       <c r="D178" t="s">
         <v>14</v>
       </c>
       <c r="E178" t="s">
         <v>15</v>
       </c>
       <c r="F178" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G178" t="s">
         <v>70</v>
       </c>
       <c r="H178" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I178" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J178" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K178" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="179" spans="1:11">
       <c r="A179" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B179" t="s">
         <v>70</v>
       </c>
       <c r="C179" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="D179" t="s">
         <v>14</v>
       </c>
       <c r="E179" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F179" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G179" t="s">
         <v>70</v>
       </c>
       <c r="H179" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I179" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J179" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K179" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="180" spans="1:11">
       <c r="A180" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B180" t="s">
         <v>70</v>
       </c>
       <c r="C180" t="s">
-        <v>77</v>
+        <v>332</v>
       </c>
       <c r="D180" t="s">
         <v>14</v>
       </c>
       <c r="E180" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F180" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G180" t="s">
         <v>70</v>
       </c>
       <c r="H180" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I180" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J180" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K180" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="181" spans="1:11">
       <c r="A181" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B181" t="s">
         <v>70</v>
       </c>
       <c r="C181" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="D181" t="s">
         <v>14</v>
       </c>
       <c r="E181" t="s">
         <v>15</v>
       </c>
       <c r="F181" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G181" t="s">
         <v>70</v>
       </c>
       <c r="H181" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I181" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J181" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K181" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="182" spans="1:11">
       <c r="A182" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B182" t="s">
         <v>70</v>
       </c>
       <c r="C182" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="D182" t="s">
         <v>14</v>
       </c>
       <c r="E182" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F182" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G182" t="s">
         <v>70</v>
       </c>
       <c r="H182" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I182" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J182" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K182" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="183" spans="1:11">
       <c r="A183" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B183" t="s">
         <v>70</v>
       </c>
       <c r="C183" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="D183" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E183" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F183" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G183" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H183" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I183" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J183" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K183" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="184" spans="1:11">
       <c r="A184" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B184" t="s">
         <v>70</v>
       </c>
       <c r="C184" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="D184" t="s">
         <v>27</v>
       </c>
       <c r="E184" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F184" t="s">
         <v>57</v>
       </c>
       <c r="G184" t="s">
         <v>57</v>
       </c>
       <c r="H184" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I184" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J184" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K184" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="185" spans="1:11">
       <c r="A185" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B185" t="s">
         <v>70</v>
       </c>
       <c r="C185" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="D185" t="s">
         <v>27</v>
       </c>
       <c r="E185" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F185" t="s">
         <v>57</v>
       </c>
       <c r="G185" t="s">
         <v>57</v>
       </c>
       <c r="H185" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I185" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J185" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K185" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="186" spans="1:11">
       <c r="A186" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B186" t="s">
         <v>70</v>
       </c>
       <c r="C186" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="D186" t="s">
         <v>27</v>
       </c>
       <c r="E186" t="s">
         <v>15</v>
       </c>
       <c r="F186" t="s">
         <v>57</v>
       </c>
       <c r="G186" t="s">
         <v>57</v>
       </c>
       <c r="H186" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I186" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J186" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K186" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="187" spans="1:11">
       <c r="A187" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B187" t="s">
         <v>70</v>
       </c>
       <c r="C187" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="D187" t="s">
         <v>27</v>
       </c>
       <c r="E187" t="s">
         <v>15</v>
       </c>
       <c r="F187" t="s">
         <v>57</v>
       </c>
       <c r="G187" t="s">
         <v>57</v>
       </c>
       <c r="H187" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I187" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J187" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K187" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="188" spans="1:11">
       <c r="A188" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B188" t="s">
         <v>70</v>
       </c>
       <c r="C188" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D188" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E188" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F188" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G188" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="H188" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I188" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J188" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K188" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="189" spans="1:11">
       <c r="A189" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B189" t="s">
         <v>70</v>
       </c>
       <c r="C189" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="D189" t="s">
         <v>14</v>
       </c>
       <c r="E189" t="s">
         <v>23</v>
       </c>
       <c r="F189" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G189" t="s">
         <v>70</v>
       </c>
       <c r="H189" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I189" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J189" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K189" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="190" spans="1:11">
       <c r="A190" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B190" t="s">
         <v>70</v>
       </c>
       <c r="C190" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="D190" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E190" t="s">
         <v>23</v>
       </c>
       <c r="F190" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G190" t="s">
-        <v>70</v>
+        <v>57</v>
       </c>
       <c r="H190" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I190" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J190" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K190" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="191" spans="1:11">
       <c r="A191" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B191" t="s">
         <v>70</v>
       </c>
       <c r="C191" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D191" t="s">
         <v>27</v>
       </c>
       <c r="E191" t="s">
         <v>23</v>
       </c>
       <c r="F191" t="s">
         <v>57</v>
       </c>
       <c r="G191" t="s">
         <v>57</v>
       </c>
       <c r="H191" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I191" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J191" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K191" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="192" spans="1:11">
       <c r="A192" s="3" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="B192" t="s">
         <v>70</v>
       </c>
       <c r="C192" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="D192" t="s">
         <v>27</v>
       </c>
       <c r="E192" t="s">
         <v>23</v>
       </c>
       <c r="F192" t="s">
         <v>57</v>
       </c>
       <c r="G192" t="s">
         <v>57</v>
       </c>
       <c r="H192" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="I192" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J192" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="K192" s="8" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
     </row>
     <row r="193" spans="1:11">
       <c r="A193" s="3" t="s">
-        <v>324</v>
+        <v>345</v>
       </c>
       <c r="B193" t="s">
         <v>70</v>
       </c>
       <c r="C193" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="D193" t="s">
         <v>27</v>
       </c>
       <c r="E193" t="s">
         <v>23</v>
       </c>
       <c r="F193" t="s">
         <v>57</v>
       </c>
       <c r="G193" t="s">
-        <v>57</v>
+        <v>347</v>
       </c>
       <c r="H193" t="s">
-        <v>326</v>
+        <v>348</v>
       </c>
       <c r="I193" t="s">
-        <v>327</v>
+        <v>349</v>
       </c>
       <c r="J193" t="s">
-        <v>328</v>
+        <v>350</v>
       </c>
       <c r="K193" s="8" t="s">
-        <v>329</v>
+        <v>351</v>
       </c>
     </row>
     <row r="194" spans="1:11">
       <c r="A194" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B194" t="s">
         <v>70</v>
       </c>
       <c r="C194" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="D194" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E194" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F194" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G194" t="s">
-        <v>345</v>
+        <v>70</v>
       </c>
       <c r="H194" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I194" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J194" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="K194" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="195" spans="1:11">
       <c r="A195" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B195" t="s">
         <v>70</v>
       </c>
       <c r="C195" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="D195" t="s">
         <v>14</v>
       </c>
       <c r="E195" t="s">
         <v>15</v>
       </c>
       <c r="F195" t="s">
         <v>72</v>
       </c>
       <c r="G195" t="s">
         <v>70</v>
       </c>
       <c r="H195" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I195" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J195" t="s">
+        <v>350</v>
+      </c>
+      <c r="K195" s="8" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="196" spans="1:11">
       <c r="A196" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B196" t="s">
         <v>70</v>
       </c>
       <c r="C196" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="D196" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E196" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F196" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G196" t="s">
-        <v>70</v>
+        <v>356</v>
       </c>
       <c r="H196" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I196" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J196" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="K196" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="197" spans="1:11">
       <c r="A197" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B197" t="s">
         <v>70</v>
       </c>
       <c r="C197" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="D197" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E197" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F197" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G197" t="s">
-        <v>354</v>
+        <v>70</v>
       </c>
       <c r="H197" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I197" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J197" t="s">
+        <v>350</v>
+      </c>
+      <c r="K197" s="8" t="s">
         <v>351</v>
-      </c>
-[...1 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="198" spans="1:11">
       <c r="A198" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B198" t="s">
         <v>70</v>
       </c>
       <c r="C198" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="D198" t="s">
         <v>14</v>
       </c>
       <c r="E198" t="s">
         <v>15</v>
       </c>
       <c r="F198" t="s">
         <v>72</v>
       </c>
       <c r="G198" t="s">
         <v>70</v>
       </c>
       <c r="H198" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I198" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J198" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K198" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="199" spans="1:11">
       <c r="A199" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B199" t="s">
         <v>70</v>
       </c>
       <c r="C199" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="D199" t="s">
         <v>14</v>
       </c>
       <c r="E199" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F199" t="s">
         <v>72</v>
       </c>
       <c r="G199" t="s">
         <v>70</v>
       </c>
       <c r="H199" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I199" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J199" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K199" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="200" spans="1:11">
       <c r="A200" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B200" t="s">
         <v>70</v>
       </c>
       <c r="C200" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="D200" t="s">
         <v>14</v>
       </c>
       <c r="E200" t="s">
         <v>23</v>
       </c>
       <c r="F200" t="s">
         <v>72</v>
       </c>
       <c r="G200" t="s">
         <v>70</v>
       </c>
       <c r="H200" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I200" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J200" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K200" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="201" spans="1:11">
       <c r="A201" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B201" t="s">
         <v>70</v>
       </c>
       <c r="C201" t="s">
-        <v>358</v>
+        <v>71</v>
       </c>
       <c r="D201" t="s">
         <v>14</v>
       </c>
       <c r="E201" t="s">
         <v>23</v>
       </c>
       <c r="F201" t="s">
         <v>72</v>
       </c>
       <c r="G201" t="s">
         <v>70</v>
       </c>
       <c r="H201" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I201" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J201" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K201" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="202" spans="1:11">
       <c r="A202" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B202" t="s">
         <v>70</v>
       </c>
       <c r="C202" t="s">
-        <v>71</v>
+        <v>361</v>
       </c>
       <c r="D202" t="s">
         <v>14</v>
       </c>
       <c r="E202" t="s">
         <v>23</v>
       </c>
       <c r="F202" t="s">
         <v>72</v>
       </c>
       <c r="G202" t="s">
-        <v>70</v>
+        <v>362</v>
       </c>
       <c r="H202" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I202" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J202" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K202" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="203" spans="1:11">
       <c r="A203" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B203" t="s">
         <v>70</v>
       </c>
       <c r="C203" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="D203" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E203" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F203" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G203" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="H203" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I203" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J203" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K203" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="204" spans="1:11">
       <c r="A204" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B204" t="s">
         <v>70</v>
       </c>
       <c r="C204" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
       <c r="D204" t="s">
         <v>27</v>
       </c>
       <c r="E204" t="s">
         <v>15</v>
       </c>
       <c r="F204" t="s">
         <v>57</v>
       </c>
       <c r="G204" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="H204" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I204" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J204" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K204" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="205" spans="1:11">
       <c r="A205" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B205" t="s">
         <v>70</v>
       </c>
       <c r="C205" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="D205" t="s">
         <v>27</v>
       </c>
       <c r="E205" t="s">
         <v>15</v>
       </c>
       <c r="F205" t="s">
         <v>57</v>
       </c>
       <c r="G205" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="H205" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I205" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J205" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K205" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="206" spans="1:11">
       <c r="A206" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B206" t="s">
         <v>70</v>
       </c>
       <c r="C206" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="D206" t="s">
         <v>27</v>
       </c>
       <c r="E206" t="s">
         <v>15</v>
       </c>
       <c r="F206" t="s">
         <v>57</v>
       </c>
       <c r="G206" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="H206" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I206" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J206" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K206" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="207" spans="1:11">
       <c r="A207" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B207" t="s">
         <v>70</v>
       </c>
       <c r="C207" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
       <c r="D207" t="s">
         <v>27</v>
       </c>
       <c r="E207" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F207" t="s">
         <v>57</v>
       </c>
       <c r="G207" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="H207" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I207" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J207" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K207" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="208" spans="1:11">
       <c r="A208" s="3" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="B208" t="s">
         <v>70</v>
       </c>
       <c r="C208" t="s">
-        <v>369</v>
+        <v>373</v>
       </c>
       <c r="D208" t="s">
         <v>27</v>
       </c>
       <c r="E208" t="s">
         <v>23</v>
       </c>
       <c r="F208" t="s">
         <v>57</v>
       </c>
       <c r="G208" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="H208" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="I208" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="J208" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="K208" s="8" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
     </row>
     <row r="209" spans="1:11">
       <c r="A209" s="3" t="s">
-        <v>343</v>
+        <v>375</v>
       </c>
       <c r="B209" t="s">
-        <v>70</v>
+        <v>183</v>
       </c>
       <c r="C209" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="D209" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E209" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F209" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G209" t="s">
-        <v>372</v>
+        <v>83</v>
       </c>
       <c r="H209" t="s">
-        <v>346</v>
+        <v>377</v>
       </c>
       <c r="I209" t="s">
-        <v>347</v>
+        <v>378</v>
       </c>
       <c r="J209" t="s">
-        <v>348</v>
+        <v>379</v>
       </c>
       <c r="K209" s="8" t="s">
-        <v>349</v>
+        <v>380</v>
       </c>
     </row>
     <row r="210" spans="1:11">
       <c r="A210" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B210" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C210" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="D210" t="s">
         <v>14</v>
       </c>
       <c r="E210" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F210" t="s">
         <v>72</v>
       </c>
       <c r="G210" t="s">
         <v>83</v>
       </c>
       <c r="H210" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I210" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J210" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K210" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="211" spans="1:11">
       <c r="A211" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B211" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C211" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="D211" t="s">
         <v>14</v>
       </c>
       <c r="E211" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F211" t="s">
         <v>72</v>
       </c>
       <c r="G211" t="s">
-        <v>83</v>
+        <v>236</v>
       </c>
       <c r="H211" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I211" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J211" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K211" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="212" spans="1:11">
       <c r="A212" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B212" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C212" t="s">
-        <v>380</v>
+        <v>339</v>
       </c>
       <c r="D212" t="s">
         <v>14</v>
       </c>
       <c r="E212" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F212" t="s">
         <v>72</v>
       </c>
       <c r="G212" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H212" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I212" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J212" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K212" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="213" spans="1:11">
       <c r="A213" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B213" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C213" t="s">
-        <v>337</v>
+        <v>383</v>
       </c>
       <c r="D213" t="s">
         <v>14</v>
       </c>
       <c r="E213" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F213" t="s">
         <v>72</v>
       </c>
       <c r="G213" t="s">
-        <v>234</v>
+        <v>127</v>
       </c>
       <c r="H213" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I213" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J213" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K213" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="214" spans="1:11">
       <c r="A214" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B214" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C214" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="D214" t="s">
         <v>14</v>
       </c>
       <c r="E214" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F214" t="s">
         <v>72</v>
       </c>
       <c r="G214" t="s">
         <v>127</v>
       </c>
       <c r="H214" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I214" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J214" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K214" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="215" spans="1:11">
       <c r="A215" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B215" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C215" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="D215" t="s">
         <v>14</v>
       </c>
       <c r="E215" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F215" t="s">
         <v>72</v>
       </c>
       <c r="G215" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="H215" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I215" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J215" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K215" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="216" spans="1:11">
       <c r="A216" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B216" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C216" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="D216" t="s">
         <v>14</v>
       </c>
       <c r="E216" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F216" t="s">
-        <v>72</v>
+        <v>312</v>
       </c>
       <c r="G216" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H216" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I216" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J216" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K216" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="217" spans="1:11">
       <c r="A217" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B217" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C217" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="D217" t="s">
         <v>14</v>
       </c>
       <c r="E217" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F217" t="s">
-        <v>310</v>
+        <v>72</v>
       </c>
       <c r="G217" t="s">
-        <v>142</v>
+        <v>388</v>
       </c>
       <c r="H217" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I217" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J217" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K217" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="218" spans="1:11">
       <c r="A218" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B218" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C218" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="D218" t="s">
         <v>14</v>
       </c>
       <c r="E218" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F218" t="s">
         <v>72</v>
       </c>
       <c r="G218" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H218" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I218" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J218" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K218" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="219" spans="1:11">
       <c r="A219" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B219" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C219" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="D219" t="s">
         <v>14</v>
       </c>
       <c r="E219" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F219" t="s">
         <v>72</v>
       </c>
       <c r="G219" t="s">
-        <v>386</v>
+        <v>12</v>
       </c>
       <c r="H219" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I219" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J219" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K219" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="220" spans="1:11">
       <c r="A220" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B220" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C220" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="D220" t="s">
         <v>14</v>
       </c>
       <c r="E220" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F220" t="s">
         <v>72</v>
       </c>
       <c r="G220" t="s">
         <v>12</v>
       </c>
       <c r="H220" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I220" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J220" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K220" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="221" spans="1:11">
       <c r="A221" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B221" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C221" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D221" t="s">
         <v>14</v>
       </c>
       <c r="E221" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F221" t="s">
         <v>72</v>
       </c>
       <c r="G221" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="H221" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I221" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J221" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K221" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="222" spans="1:11">
       <c r="A222" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B222" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C222" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="D222" t="s">
         <v>14</v>
       </c>
       <c r="E222" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F222" t="s">
         <v>72</v>
       </c>
       <c r="G222" t="s">
-        <v>70</v>
+        <v>12</v>
       </c>
       <c r="H222" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I222" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J222" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K222" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="223" spans="1:11">
       <c r="A223" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B223" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C223" t="s">
-        <v>391</v>
+        <v>200</v>
       </c>
       <c r="D223" t="s">
         <v>14</v>
       </c>
       <c r="E223" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F223" t="s">
         <v>72</v>
       </c>
       <c r="G223" t="s">
-        <v>12</v>
+        <v>216</v>
       </c>
       <c r="H223" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I223" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J223" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K223" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="224" spans="1:11">
       <c r="A224" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B224" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C224" t="s">
-        <v>199</v>
+        <v>394</v>
       </c>
       <c r="D224" t="s">
         <v>14</v>
       </c>
       <c r="E224" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F224" t="s">
         <v>72</v>
       </c>
       <c r="G224" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="H224" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I224" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J224" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K224" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="225" spans="1:11">
       <c r="A225" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B225" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C225" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="D225" t="s">
         <v>14</v>
       </c>
       <c r="E225" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F225" t="s">
         <v>72</v>
       </c>
       <c r="G225" t="s">
-        <v>215</v>
+        <v>141</v>
       </c>
       <c r="H225" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I225" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J225" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K225" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="226" spans="1:11">
       <c r="A226" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B226" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C226" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="D226" t="s">
         <v>14</v>
       </c>
       <c r="E226" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F226" t="s">
         <v>72</v>
       </c>
       <c r="G226" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H226" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I226" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J226" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K226" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="227" spans="1:11">
       <c r="A227" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B227" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C227" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="D227" t="s">
         <v>14</v>
       </c>
       <c r="E227" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F227" t="s">
         <v>72</v>
       </c>
       <c r="G227" t="s">
-        <v>155</v>
+        <v>398</v>
       </c>
       <c r="H227" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I227" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J227" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K227" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="228" spans="1:11">
       <c r="A228" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B228" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C228" t="s">
-        <v>395</v>
+        <v>399</v>
       </c>
       <c r="D228" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E228" t="s">
         <v>15</v>
       </c>
       <c r="F228" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G228" t="s">
-        <v>396</v>
+        <v>400</v>
       </c>
       <c r="H228" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I228" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J228" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K228" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="229" spans="1:11">
       <c r="A229" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B229" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C229" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="D229" t="s">
         <v>27</v>
       </c>
       <c r="E229" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F229" t="s">
         <v>57</v>
       </c>
       <c r="G229" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H229" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I229" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J229" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K229" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="230" spans="1:11">
       <c r="A230" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B230" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C230" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="D230" t="s">
         <v>27</v>
       </c>
       <c r="E230" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F230" t="s">
         <v>57</v>
       </c>
       <c r="G230" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="H230" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I230" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J230" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K230" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="231" spans="1:11">
       <c r="A231" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B231" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C231" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="D231" t="s">
         <v>27</v>
       </c>
       <c r="E231" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F231" t="s">
         <v>57</v>
       </c>
       <c r="G231" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="H231" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I231" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J231" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K231" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="232" spans="1:11">
       <c r="A232" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B232" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C232" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="D232" t="s">
         <v>27</v>
       </c>
       <c r="E232" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F232" t="s">
         <v>57</v>
       </c>
       <c r="G232" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H232" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I232" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J232" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K232" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="233" spans="1:11">
       <c r="A233" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B233" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C233" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="D233" t="s">
         <v>27</v>
       </c>
       <c r="E233" t="s">
         <v>15</v>
       </c>
       <c r="F233" t="s">
         <v>57</v>
       </c>
       <c r="G233" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="H233" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I233" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J233" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K233" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="234" spans="1:11">
       <c r="A234" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B234" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C234" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="D234" t="s">
         <v>27</v>
       </c>
       <c r="E234" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F234" t="s">
         <v>57</v>
       </c>
       <c r="G234" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H234" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I234" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J234" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K234" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="235" spans="1:11">
       <c r="A235" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B235" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C235" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="D235" t="s">
         <v>27</v>
       </c>
       <c r="E235" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F235" t="s">
         <v>57</v>
       </c>
       <c r="G235" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H235" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I235" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J235" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K235" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="236" spans="1:11">
       <c r="A236" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B236" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C236" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="D236" t="s">
         <v>27</v>
       </c>
       <c r="E236" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F236" t="s">
         <v>57</v>
       </c>
       <c r="G236" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="H236" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I236" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J236" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K236" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="237" spans="1:11">
       <c r="A237" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B237" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C237" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="D237" t="s">
         <v>27</v>
       </c>
       <c r="E237" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F237" t="s">
         <v>57</v>
       </c>
       <c r="G237" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="H237" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I237" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J237" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K237" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="238" spans="1:11">
       <c r="A238" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B238" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C238" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="D238" t="s">
         <v>27</v>
       </c>
       <c r="E238" t="s">
         <v>15</v>
       </c>
       <c r="F238" t="s">
         <v>57</v>
       </c>
       <c r="G238" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="H238" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I238" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J238" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K238" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="239" spans="1:11">
       <c r="A239" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B239" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C239" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="D239" t="s">
         <v>27</v>
       </c>
       <c r="E239" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F239" t="s">
         <v>57</v>
       </c>
       <c r="G239" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="H239" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I239" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J239" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K239" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="240" spans="1:11">
       <c r="A240" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B240" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C240" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="D240" t="s">
         <v>27</v>
       </c>
       <c r="E240" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F240" t="s">
         <v>57</v>
       </c>
       <c r="G240" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="H240" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I240" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J240" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K240" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="241" spans="1:11">
       <c r="A241" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B241" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C241" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="D241" t="s">
         <v>27</v>
       </c>
       <c r="E241" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F241" t="s">
         <v>57</v>
       </c>
       <c r="G241" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="H241" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="I241" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J241" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="K241" s="8" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="242" spans="1:11">
       <c r="A242" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B242" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C242" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="D242" t="s">
         <v>27</v>
       </c>
       <c r="E242" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F242" t="s">
         <v>57</v>
       </c>
       <c r="G242" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="H242" t="s">
-        <v>375</v>
+        <v>423</v>
       </c>
       <c r="I242" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J242" t="s">
-        <v>377</v>
+        <v>424</v>
       </c>
       <c r="K242" s="8" t="s">
-        <v>378</v>
+        <v>425</v>
       </c>
     </row>
     <row r="243" spans="1:11">
       <c r="A243" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B243" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C243" t="s">
-        <v>419</v>
+        <v>426</v>
       </c>
       <c r="D243" t="s">
         <v>27</v>
       </c>
       <c r="E243" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F243" t="s">
         <v>57</v>
       </c>
       <c r="G243" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H243" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="I243" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J243" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="K243" s="8" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
     </row>
     <row r="244" spans="1:11">
       <c r="A244" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B244" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C244" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="D244" t="s">
         <v>27</v>
       </c>
       <c r="E244" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F244" t="s">
         <v>57</v>
       </c>
       <c r="G244" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="H244" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="I244" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J244" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="K244" s="8" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
     </row>
     <row r="245" spans="1:11">
       <c r="A245" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B245" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C245" t="s">
-        <v>425</v>
+        <v>432</v>
       </c>
       <c r="D245" t="s">
         <v>27</v>
       </c>
       <c r="E245" t="s">
         <v>15</v>
       </c>
       <c r="F245" t="s">
         <v>57</v>
       </c>
       <c r="G245" t="s">
-        <v>426</v>
+        <v>433</v>
       </c>
       <c r="H245" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="I245" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="J245" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="K245" s="8" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
     </row>
     <row r="246" spans="1:11">
       <c r="A246" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B246" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C246" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="D246" t="s">
         <v>27</v>
       </c>
       <c r="E246" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F246" t="s">
         <v>57</v>
       </c>
       <c r="G246" t="s">
+        <v>433</v>
+      </c>
+      <c r="H246" t="s">
+        <v>429</v>
+      </c>
+      <c r="I246" t="s">
+        <v>378</v>
+      </c>
+      <c r="J246" t="s">
+        <v>430</v>
+      </c>
+      <c r="K246" s="8" t="s">
         <v>431</v>
-      </c>
-[...10 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="247" spans="1:11">
       <c r="A247" s="3" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="B247" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C247" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="D247" t="s">
         <v>27</v>
       </c>
       <c r="E247" t="s">
         <v>23</v>
       </c>
       <c r="F247" t="s">
         <v>57</v>
       </c>
       <c r="G247" t="s">
+        <v>428</v>
+      </c>
+      <c r="H247" t="s">
+        <v>429</v>
+      </c>
+      <c r="I247" t="s">
+        <v>378</v>
+      </c>
+      <c r="J247" t="s">
+        <v>430</v>
+      </c>
+      <c r="K247" s="8" t="s">
         <v>431</v>
-      </c>
-[...10 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="248" spans="1:11">
       <c r="A248" s="3" t="s">
-        <v>373</v>
+        <v>436</v>
       </c>
       <c r="B248" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="C248" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D248" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E248" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F248" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G248" t="s">
-        <v>426</v>
+        <v>12</v>
       </c>
       <c r="H248" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
       <c r="I248" t="s">
-        <v>376</v>
+        <v>439</v>
       </c>
       <c r="J248" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="K248" s="8" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
     </row>
     <row r="249" spans="1:11">
       <c r="A249" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B249" t="s">
         <v>70</v>
       </c>
       <c r="C249" t="s">
-        <v>435</v>
+        <v>442</v>
       </c>
       <c r="D249" t="s">
         <v>14</v>
       </c>
       <c r="E249" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F249" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G249" t="s">
         <v>12</v>
       </c>
       <c r="H249" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I249" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J249" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K249" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="250" spans="1:11">
       <c r="A250" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B250" t="s">
         <v>70</v>
       </c>
       <c r="C250" t="s">
+        <v>443</v>
+      </c>
+      <c r="D250" t="s">
+        <v>14</v>
+      </c>
+      <c r="E250" t="s">
+        <v>15</v>
+      </c>
+      <c r="F250" t="s">
+        <v>218</v>
+      </c>
+      <c r="G250" t="s">
+        <v>444</v>
+      </c>
+      <c r="H250" t="s">
+        <v>438</v>
+      </c>
+      <c r="I250" t="s">
+        <v>439</v>
+      </c>
+      <c r="J250" t="s">
         <v>440</v>
       </c>
-      <c r="D250" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="K250" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="251" spans="1:11">
       <c r="A251" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B251" t="s">
         <v>70</v>
       </c>
       <c r="C251" t="s">
+        <v>445</v>
+      </c>
+      <c r="D251" t="s">
+        <v>14</v>
+      </c>
+      <c r="E251" t="s">
+        <v>23</v>
+      </c>
+      <c r="F251" t="s">
+        <v>218</v>
+      </c>
+      <c r="G251" t="s">
+        <v>444</v>
+      </c>
+      <c r="H251" t="s">
+        <v>438</v>
+      </c>
+      <c r="I251" t="s">
+        <v>439</v>
+      </c>
+      <c r="J251" t="s">
+        <v>440</v>
+      </c>
+      <c r="K251" s="8" t="s">
         <v>441</v>
-      </c>
-[...22 lines deleted...]
-        <v>439</v>
       </c>
     </row>
     <row r="252" spans="1:11">
       <c r="A252" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B252" t="s">
         <v>70</v>
       </c>
       <c r="C252" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="D252" t="s">
         <v>14</v>
       </c>
       <c r="E252" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F252" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G252" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H252" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I252" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J252" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K252" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="253" spans="1:11">
       <c r="A253" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B253" t="s">
         <v>70</v>
       </c>
       <c r="C253" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="D253" t="s">
         <v>14</v>
       </c>
       <c r="E253" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F253" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G253" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="H253" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I253" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J253" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K253" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="254" spans="1:11">
       <c r="A254" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B254" t="s">
         <v>70</v>
       </c>
       <c r="C254" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="D254" t="s">
         <v>14</v>
       </c>
       <c r="E254" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F254" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G254" t="s">
-        <v>445</v>
+        <v>127</v>
       </c>
       <c r="H254" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I254" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J254" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K254" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="255" spans="1:11">
       <c r="A255" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B255" t="s">
         <v>70</v>
       </c>
       <c r="C255" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="D255" t="s">
         <v>14</v>
       </c>
       <c r="E255" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F255" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G255" t="s">
         <v>127</v>
       </c>
       <c r="H255" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I255" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J255" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K255" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="256" spans="1:11">
       <c r="A256" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B256" t="s">
         <v>70</v>
       </c>
       <c r="C256" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D256" t="s">
         <v>14</v>
       </c>
       <c r="E256" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F256" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G256" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="H256" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I256" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J256" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K256" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="257" spans="1:11">
       <c r="A257" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B257" t="s">
         <v>70</v>
       </c>
       <c r="C257" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="D257" t="s">
         <v>14</v>
       </c>
       <c r="E257" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F257" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G257" t="s">
         <v>70</v>
       </c>
       <c r="H257" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I257" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J257" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K257" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="258" spans="1:11">
       <c r="A258" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B258" t="s">
         <v>70</v>
       </c>
       <c r="C258" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="D258" t="s">
         <v>14</v>
       </c>
       <c r="E258" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F258" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G258" t="s">
-        <v>70</v>
+        <v>454</v>
       </c>
       <c r="H258" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I258" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J258" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K258" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="259" spans="1:11">
       <c r="A259" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B259" t="s">
         <v>70</v>
       </c>
       <c r="C259" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="D259" t="s">
         <v>14</v>
       </c>
       <c r="E259" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F259" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G259" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="H259" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I259" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J259" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K259" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="260" spans="1:11">
       <c r="A260" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B260" t="s">
         <v>70</v>
       </c>
       <c r="C260" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="D260" t="s">
         <v>14</v>
       </c>
       <c r="E260" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F260" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G260" t="s">
-        <v>452</v>
+        <v>141</v>
       </c>
       <c r="H260" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I260" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J260" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K260" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="261" spans="1:11">
       <c r="A261" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B261" t="s">
         <v>70</v>
       </c>
       <c r="C261" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="D261" t="s">
         <v>14</v>
       </c>
       <c r="E261" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F261" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G261" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H261" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I261" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J261" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K261" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="262" spans="1:11">
       <c r="A262" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B262" t="s">
         <v>70</v>
       </c>
       <c r="C262" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="D262" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E262" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F262" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G262" t="s">
-        <v>155</v>
+        <v>459</v>
       </c>
       <c r="H262" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I262" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J262" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K262" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="263" spans="1:11">
       <c r="A263" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B263" t="s">
         <v>70</v>
       </c>
       <c r="C263" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="D263" t="s">
         <v>27</v>
       </c>
       <c r="E263" t="s">
         <v>15</v>
       </c>
       <c r="F263" t="s">
         <v>57</v>
       </c>
       <c r="G263" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H263" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I263" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J263" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K263" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="264" spans="1:11">
       <c r="A264" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B264" t="s">
         <v>70</v>
       </c>
       <c r="C264" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
       <c r="D264" t="s">
         <v>27</v>
       </c>
       <c r="E264" t="s">
         <v>15</v>
       </c>
       <c r="F264" t="s">
         <v>57</v>
       </c>
       <c r="G264" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H264" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I264" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J264" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K264" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="265" spans="1:11">
       <c r="A265" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B265" t="s">
         <v>70</v>
       </c>
       <c r="C265" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="D265" t="s">
         <v>27</v>
       </c>
       <c r="E265" t="s">
         <v>15</v>
       </c>
       <c r="F265" t="s">
         <v>57</v>
       </c>
       <c r="G265" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H265" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I265" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J265" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K265" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="266" spans="1:11">
       <c r="A266" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B266" t="s">
         <v>70</v>
       </c>
       <c r="C266" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="D266" t="s">
         <v>27</v>
       </c>
       <c r="E266" t="s">
         <v>15</v>
       </c>
       <c r="F266" t="s">
         <v>57</v>
       </c>
       <c r="G266" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H266" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I266" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J266" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K266" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="267" spans="1:11">
       <c r="A267" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B267" t="s">
         <v>70</v>
       </c>
       <c r="C267" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="D267" t="s">
         <v>27</v>
       </c>
       <c r="E267" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F267" t="s">
         <v>57</v>
       </c>
       <c r="G267" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H267" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I267" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J267" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K267" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="268" spans="1:11">
       <c r="A268" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B268" t="s">
         <v>70</v>
       </c>
       <c r="C268" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="D268" t="s">
         <v>27</v>
       </c>
       <c r="E268" t="s">
         <v>23</v>
       </c>
       <c r="F268" t="s">
         <v>57</v>
       </c>
       <c r="G268" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H268" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I268" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J268" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K268" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="269" spans="1:11">
       <c r="A269" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B269" t="s">
         <v>70</v>
       </c>
       <c r="C269" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="D269" t="s">
         <v>27</v>
       </c>
       <c r="E269" t="s">
         <v>23</v>
       </c>
       <c r="F269" t="s">
         <v>57</v>
       </c>
       <c r="G269" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H269" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I269" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J269" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K269" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="270" spans="1:11">
       <c r="A270" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B270" t="s">
         <v>70</v>
       </c>
       <c r="C270" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="D270" t="s">
         <v>27</v>
       </c>
       <c r="E270" t="s">
         <v>23</v>
       </c>
       <c r="F270" t="s">
         <v>57</v>
       </c>
       <c r="G270" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H270" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I270" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J270" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K270" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="271" spans="1:11">
       <c r="A271" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B271" t="s">
         <v>70</v>
       </c>
       <c r="C271" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="D271" t="s">
         <v>27</v>
       </c>
       <c r="E271" t="s">
         <v>23</v>
       </c>
       <c r="F271" t="s">
         <v>57</v>
       </c>
       <c r="G271" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H271" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I271" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J271" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K271" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="272" spans="1:11">
       <c r="A272" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B272" t="s">
         <v>70</v>
       </c>
       <c r="C272" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="D272" t="s">
         <v>27</v>
       </c>
       <c r="E272" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F272" t="s">
         <v>57</v>
       </c>
       <c r="G272" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="H272" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I272" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J272" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K272" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="273" spans="1:11">
       <c r="A273" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B273" t="s">
         <v>70</v>
       </c>
       <c r="C273" t="s">
-        <v>467</v>
+        <v>59</v>
       </c>
       <c r="D273" t="s">
         <v>27</v>
       </c>
       <c r="E273" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F273" t="s">
         <v>57</v>
       </c>
       <c r="G273" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H273" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I273" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J273" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K273" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="274" spans="1:11">
       <c r="A274" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B274" t="s">
         <v>70</v>
       </c>
       <c r="C274" t="s">
-        <v>59</v>
+        <v>471</v>
       </c>
       <c r="D274" t="s">
         <v>27</v>
       </c>
       <c r="E274" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F274" t="s">
         <v>57</v>
       </c>
       <c r="G274" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="H274" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I274" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J274" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K274" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="275" spans="1:11">
       <c r="A275" s="3" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="B275" t="s">
         <v>70</v>
       </c>
       <c r="C275" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="D275" t="s">
         <v>27</v>
       </c>
       <c r="E275" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F275" t="s">
         <v>57</v>
       </c>
       <c r="G275" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="H275" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="I275" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="J275" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="K275" s="8" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
     </row>
     <row r="276" spans="1:11">
       <c r="A276" s="3" t="s">
-        <v>434</v>
+        <v>474</v>
       </c>
       <c r="B276" t="s">
-        <v>70</v>
+        <v>141</v>
       </c>
       <c r="C276" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="D276" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E276" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F276" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G276" t="s">
-        <v>470</v>
+        <v>141</v>
       </c>
       <c r="H276" t="s">
-        <v>436</v>
+        <v>220</v>
       </c>
       <c r="I276" t="s">
-        <v>437</v>
+        <v>476</v>
       </c>
       <c r="J276" t="s">
-        <v>438</v>
+        <v>477</v>
       </c>
       <c r="K276" s="8" t="s">
-        <v>439</v>
+        <v>478</v>
       </c>
     </row>
     <row r="277" spans="1:11">
       <c r="A277" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B277" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C277" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="D277" t="s">
         <v>14</v>
       </c>
       <c r="E277" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F277" t="s">
         <v>72</v>
       </c>
       <c r="G277" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H277" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I277" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J277" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K277" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="278" spans="1:11">
       <c r="A278" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B278" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C278" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="D278" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E278" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F278" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G278" t="s">
-        <v>155</v>
+        <v>481</v>
       </c>
       <c r="H278" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I278" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J278" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="K278" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="279" spans="1:11">
       <c r="A279" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B279" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C279" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="D279" t="s">
         <v>27</v>
       </c>
       <c r="E279" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F279" t="s">
         <v>57</v>
       </c>
       <c r="G279" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H279" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I279" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J279" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="K279" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="280" spans="1:11">
       <c r="A280" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B280" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C280" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="D280" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E280" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F280" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G280" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="H280" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I280" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J280" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="K280" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="281" spans="1:11">
       <c r="A281" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B281" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C281" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="D281" t="s">
         <v>14</v>
       </c>
       <c r="E281" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F281" t="s">
         <v>72</v>
       </c>
       <c r="G281" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H281" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I281" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J281" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="K281" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="282" spans="1:11">
       <c r="A282" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B282" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C282" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="D282" t="s">
         <v>14</v>
       </c>
       <c r="E282" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F282" t="s">
         <v>72</v>
       </c>
       <c r="G282" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H282" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I282" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J282" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="K282" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="283" spans="1:11">
       <c r="A283" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B283" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C283" t="s">
-        <v>485</v>
+        <v>394</v>
       </c>
       <c r="D283" t="s">
         <v>14</v>
       </c>
       <c r="E283" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F283" t="s">
         <v>72</v>
       </c>
       <c r="G283" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="H283" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I283" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J283" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K283" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="284" spans="1:11">
       <c r="A284" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B284" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C284" t="s">
-        <v>392</v>
+        <v>489</v>
       </c>
       <c r="D284" t="s">
         <v>14</v>
       </c>
       <c r="E284" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F284" t="s">
         <v>72</v>
       </c>
       <c r="G284" t="s">
-        <v>486</v>
+        <v>236</v>
       </c>
       <c r="H284" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I284" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J284" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K284" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="285" spans="1:11">
       <c r="A285" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B285" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C285" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="D285" t="s">
         <v>14</v>
       </c>
       <c r="E285" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F285" t="s">
         <v>72</v>
       </c>
       <c r="G285" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H285" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I285" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J285" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K285" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="286" spans="1:11">
       <c r="A286" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B286" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C286" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="D286" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E286" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F286" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G286" t="s">
-        <v>234</v>
+        <v>398</v>
       </c>
       <c r="H286" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I286" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J286" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K286" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="287" spans="1:11">
       <c r="A287" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B287" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C287" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="D287" t="s">
         <v>27</v>
       </c>
       <c r="E287" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F287" t="s">
         <v>57</v>
       </c>
       <c r="G287" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="H287" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I287" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J287" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K287" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="288" spans="1:11">
       <c r="A288" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B288" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C288" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="D288" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E288" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F288" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G288" t="s">
-        <v>396</v>
+        <v>494</v>
       </c>
       <c r="H288" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I288" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J288" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K288" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="289" spans="1:11">
       <c r="A289" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B289" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C289" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="D289" t="s">
         <v>14</v>
       </c>
       <c r="E289" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F289" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G289" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="H289" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I289" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J289" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K289" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="290" spans="1:11">
       <c r="A290" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B290" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C290" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="D290" t="s">
         <v>14</v>
       </c>
       <c r="E290" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F290" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G290" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="H290" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I290" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J290" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K290" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="291" spans="1:11">
       <c r="A291" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B291" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C291" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="D291" t="s">
         <v>14</v>
       </c>
       <c r="E291" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F291" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G291" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H291" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I291" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J291" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K291" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="292" spans="1:11">
       <c r="A292" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B292" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C292" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="D292" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E292" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F292" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G292" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="H292" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I292" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J292" t="s">
-        <v>475</v>
+        <v>482</v>
       </c>
       <c r="K292" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="293" spans="1:11">
       <c r="A293" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B293" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C293" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="D293" t="s">
         <v>27</v>
       </c>
       <c r="E293" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F293" t="s">
         <v>57</v>
       </c>
       <c r="G293" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H293" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I293" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J293" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="K293" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="294" spans="1:11">
       <c r="A294" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B294" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C294" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="D294" t="s">
         <v>27</v>
       </c>
       <c r="E294" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F294" t="s">
         <v>57</v>
       </c>
       <c r="G294" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H294" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I294" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J294" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K294" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="295" spans="1:11">
       <c r="A295" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B295" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C295" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="D295" t="s">
         <v>27</v>
       </c>
       <c r="E295" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F295" t="s">
         <v>57</v>
       </c>
       <c r="G295" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H295" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I295" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J295" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K295" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="296" spans="1:11">
       <c r="A296" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B296" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C296" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="D296" t="s">
         <v>27</v>
       </c>
       <c r="E296" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F296" t="s">
         <v>57</v>
       </c>
       <c r="G296" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H296" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I296" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J296" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K296" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="297" spans="1:11">
       <c r="A297" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B297" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C297" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="D297" t="s">
         <v>27</v>
       </c>
       <c r="E297" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F297" t="s">
         <v>57</v>
       </c>
       <c r="G297" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H297" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I297" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J297" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K297" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="298" spans="1:11">
       <c r="A298" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B298" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C298" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="D298" t="s">
         <v>27</v>
       </c>
       <c r="E298" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F298" t="s">
-        <v>57</v>
+        <v>509</v>
       </c>
       <c r="G298" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="H298" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I298" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J298" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K298" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="299" spans="1:11">
       <c r="A299" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B299" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C299" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="D299" t="s">
         <v>27</v>
       </c>
       <c r="E299" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F299" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="G299" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H299" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I299" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J299" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K299" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="300" spans="1:11">
       <c r="A300" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B300" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C300" t="s">
+        <v>512</v>
+      </c>
+      <c r="D300" t="s">
+        <v>27</v>
+      </c>
+      <c r="E300" t="s">
+        <v>23</v>
+      </c>
+      <c r="F300" t="s">
         <v>509</v>
       </c>
-      <c r="D300" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G300" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H300" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I300" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J300" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K300" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="301" spans="1:11">
       <c r="A301" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B301" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C301" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="D301" t="s">
         <v>27</v>
       </c>
       <c r="E301" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F301" t="s">
-        <v>507</v>
+        <v>226</v>
       </c>
       <c r="G301" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="H301" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I301" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J301" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K301" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="302" spans="1:11">
       <c r="A302" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B302" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C302" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="D302" t="s">
         <v>27</v>
       </c>
       <c r="E302" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F302" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G302" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="H302" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I302" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J302" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K302" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="303" spans="1:11">
       <c r="A303" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B303" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C303" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="D303" t="s">
         <v>27</v>
       </c>
       <c r="E303" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F303" t="s">
-        <v>224</v>
+        <v>57</v>
       </c>
       <c r="G303" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="H303" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I303" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J303" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K303" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="304" spans="1:11">
       <c r="A304" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B304" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C304" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="D304" t="s">
         <v>27</v>
       </c>
       <c r="E304" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F304" t="s">
         <v>57</v>
       </c>
       <c r="G304" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="H304" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I304" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J304" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K304" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="305" spans="1:11">
       <c r="A305" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B305" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C305" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="D305" t="s">
         <v>27</v>
       </c>
       <c r="E305" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F305" t="s">
-        <v>57</v>
+        <v>509</v>
       </c>
       <c r="G305" t="s">
-        <v>515</v>
+        <v>510</v>
       </c>
       <c r="H305" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I305" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J305" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K305" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="306" spans="1:11">
       <c r="A306" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B306" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C306" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D306" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E306" t="s">
         <v>15</v>
       </c>
       <c r="F306" t="s">
-        <v>507</v>
+        <v>218</v>
       </c>
       <c r="G306" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
       <c r="H306" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I306" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J306" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K306" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="307" spans="1:11">
       <c r="A307" s="3" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B307" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C307" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="D307" t="s">
         <v>14</v>
       </c>
       <c r="E307" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F307" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G307" t="s">
-        <v>519</v>
+        <v>521</v>
       </c>
       <c r="H307" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="I307" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J307" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="K307" s="8" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="308" spans="1:11">
       <c r="A308" s="3" t="s">
-        <v>472</v>
+        <v>523</v>
       </c>
       <c r="B308" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C308" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="D308" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E308" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F308" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G308" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="H308" t="s">
-        <v>218</v>
+        <v>526</v>
       </c>
       <c r="I308" t="s">
-        <v>474</v>
+        <v>527</v>
       </c>
       <c r="J308" t="s">
-        <v>475</v>
+        <v>528</v>
       </c>
       <c r="K308" s="8" t="s">
-        <v>476</v>
+        <v>529</v>
       </c>
     </row>
     <row r="309" spans="1:11">
       <c r="A309" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B309" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C309" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="D309" t="s">
         <v>27</v>
       </c>
       <c r="E309" t="s">
         <v>15</v>
       </c>
       <c r="F309" t="s">
-        <v>57</v>
+        <v>531</v>
       </c>
       <c r="G309" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="H309" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I309" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J309" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="K309" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="310" spans="1:11">
       <c r="A310" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B310" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C310" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="D310" t="s">
         <v>27</v>
       </c>
       <c r="E310" t="s">
         <v>15</v>
       </c>
       <c r="F310" t="s">
+        <v>535</v>
+      </c>
+      <c r="G310" t="s">
+        <v>536</v>
+      </c>
+      <c r="H310" t="s">
+        <v>526</v>
+      </c>
+      <c r="I310" t="s">
+        <v>527</v>
+      </c>
+      <c r="J310" t="s">
+        <v>533</v>
+      </c>
+      <c r="K310" s="8" t="s">
         <v>529</v>
-      </c>
-[...13 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="311" spans="1:11">
       <c r="A311" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B311" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C311" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D311" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E311" t="s">
         <v>15</v>
       </c>
       <c r="F311" t="s">
+        <v>72</v>
+      </c>
+      <c r="G311" t="s">
+        <v>141</v>
+      </c>
+      <c r="H311" t="s">
+        <v>526</v>
+      </c>
+      <c r="I311" t="s">
+        <v>527</v>
+      </c>
+      <c r="J311" t="s">
         <v>533</v>
       </c>
-      <c r="G311" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K311" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="312" spans="1:11">
       <c r="A312" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B312" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C312" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="D312" t="s">
         <v>14</v>
       </c>
       <c r="E312" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F312" t="s">
         <v>72</v>
       </c>
       <c r="G312" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H312" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I312" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J312" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K312" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="313" spans="1:11">
       <c r="A313" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B313" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C313" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
       <c r="D313" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E313" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F313" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G313" t="s">
-        <v>155</v>
+        <v>540</v>
       </c>
       <c r="H313" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I313" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J313" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K313" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="314" spans="1:11">
       <c r="A314" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B314" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C314" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="D314" t="s">
         <v>27</v>
       </c>
       <c r="E314" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F314" t="s">
         <v>57</v>
       </c>
       <c r="G314" t="s">
-        <v>538</v>
+        <v>525</v>
       </c>
       <c r="H314" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I314" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J314" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="K314" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="315" spans="1:11">
       <c r="A315" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B315" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C315" t="s">
-        <v>539</v>
+        <v>542</v>
       </c>
       <c r="D315" t="s">
         <v>27</v>
       </c>
       <c r="E315" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F315" t="s">
         <v>57</v>
       </c>
       <c r="G315" t="s">
-        <v>523</v>
+        <v>543</v>
       </c>
       <c r="H315" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I315" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J315" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="K315" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="316" spans="1:11">
       <c r="A316" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B316" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C316" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="D316" t="s">
         <v>27</v>
       </c>
       <c r="E316" t="s">
         <v>15</v>
       </c>
       <c r="F316" t="s">
         <v>57</v>
       </c>
       <c r="G316" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="H316" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I316" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J316" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K316" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="317" spans="1:11">
       <c r="A317" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B317" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C317" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="D317" t="s">
         <v>27</v>
       </c>
       <c r="E317" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F317" t="s">
         <v>57</v>
       </c>
       <c r="G317" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="H317" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I317" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J317" t="s">
-        <v>531</v>
+        <v>528</v>
       </c>
       <c r="K317" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="318" spans="1:11">
       <c r="A318" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B318" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C318" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="D318" t="s">
         <v>27</v>
       </c>
       <c r="E318" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F318" t="s">
-        <v>57</v>
+        <v>548</v>
       </c>
       <c r="G318" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="H318" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I318" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J318" t="s">
-        <v>526</v>
+        <v>533</v>
       </c>
       <c r="K318" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="319" spans="1:11">
       <c r="A319" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B319" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C319" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="D319" t="s">
         <v>27</v>
       </c>
       <c r="E319" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F319" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="G319" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="H319" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I319" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J319" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K319" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="320" spans="1:11">
       <c r="A320" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B320" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C320" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="D320" t="s">
         <v>27</v>
       </c>
       <c r="E320" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F320" t="s">
-        <v>546</v>
+        <v>226</v>
       </c>
       <c r="G320" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="H320" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I320" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J320" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K320" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="321" spans="1:11">
       <c r="A321" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B321" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C321" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="D321" t="s">
         <v>27</v>
       </c>
       <c r="E321" t="s">
         <v>15</v>
       </c>
       <c r="F321" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G321" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="H321" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I321" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J321" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K321" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="322" spans="1:11">
       <c r="A322" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B322" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C322" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="D322" t="s">
         <v>27</v>
       </c>
       <c r="E322" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F322" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G322" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="H322" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I322" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J322" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K322" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="323" spans="1:11">
       <c r="A323" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B323" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C323" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="D323" t="s">
         <v>27</v>
       </c>
       <c r="E323" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F323" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G323" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H323" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I323" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J323" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K323" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="324" spans="1:11">
       <c r="A324" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B324" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C324" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="D324" t="s">
         <v>27</v>
       </c>
       <c r="E324" t="s">
         <v>15</v>
       </c>
       <c r="F324" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G324" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="H324" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I324" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J324" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K324" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="325" spans="1:11">
       <c r="A325" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B325" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C325" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="D325" t="s">
         <v>27</v>
       </c>
       <c r="E325" t="s">
         <v>15</v>
       </c>
       <c r="F325" t="s">
-        <v>224</v>
+        <v>535</v>
       </c>
       <c r="G325" t="s">
-        <v>558</v>
+        <v>536</v>
       </c>
       <c r="H325" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I325" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J325" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K325" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="326" spans="1:11">
       <c r="A326" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B326" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C326" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="D326" t="s">
         <v>27</v>
       </c>
       <c r="E326" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F326" t="s">
+        <v>535</v>
+      </c>
+      <c r="G326" t="s">
+        <v>536</v>
+      </c>
+      <c r="H326" t="s">
+        <v>526</v>
+      </c>
+      <c r="I326" t="s">
+        <v>527</v>
+      </c>
+      <c r="J326" t="s">
         <v>533</v>
       </c>
-      <c r="G326" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K326" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="327" spans="1:11">
       <c r="A327" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B327" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C327" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="D327" t="s">
         <v>27</v>
       </c>
       <c r="E327" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F327" t="s">
+        <v>535</v>
+      </c>
+      <c r="G327" t="s">
+        <v>536</v>
+      </c>
+      <c r="H327" t="s">
+        <v>526</v>
+      </c>
+      <c r="I327" t="s">
+        <v>527</v>
+      </c>
+      <c r="J327" t="s">
         <v>533</v>
       </c>
-      <c r="G327" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K327" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="328" spans="1:11">
       <c r="A328" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B328" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C328" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="D328" t="s">
         <v>27</v>
       </c>
       <c r="E328" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F328" t="s">
+        <v>535</v>
+      </c>
+      <c r="G328" t="s">
+        <v>536</v>
+      </c>
+      <c r="H328" t="s">
+        <v>526</v>
+      </c>
+      <c r="I328" t="s">
+        <v>527</v>
+      </c>
+      <c r="J328" t="s">
         <v>533</v>
       </c>
-      <c r="G328" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K328" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="329" spans="1:11">
       <c r="A329" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B329" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C329" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="D329" t="s">
         <v>27</v>
       </c>
       <c r="E329" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F329" t="s">
+        <v>535</v>
+      </c>
+      <c r="G329" t="s">
+        <v>536</v>
+      </c>
+      <c r="H329" t="s">
+        <v>526</v>
+      </c>
+      <c r="I329" t="s">
+        <v>527</v>
+      </c>
+      <c r="J329" t="s">
         <v>533</v>
       </c>
-      <c r="G329" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K329" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="330" spans="1:11">
       <c r="A330" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B330" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C330" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="D330" t="s">
         <v>27</v>
       </c>
       <c r="E330" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F330" t="s">
+        <v>535</v>
+      </c>
+      <c r="G330" t="s">
+        <v>536</v>
+      </c>
+      <c r="H330" t="s">
+        <v>526</v>
+      </c>
+      <c r="I330" t="s">
+        <v>527</v>
+      </c>
+      <c r="J330" t="s">
         <v>533</v>
       </c>
-      <c r="G330" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K330" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="331" spans="1:11">
       <c r="A331" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B331" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C331" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="D331" t="s">
         <v>27</v>
       </c>
       <c r="E331" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F331" t="s">
+        <v>535</v>
+      </c>
+      <c r="G331" t="s">
+        <v>536</v>
+      </c>
+      <c r="H331" t="s">
+        <v>526</v>
+      </c>
+      <c r="I331" t="s">
+        <v>527</v>
+      </c>
+      <c r="J331" t="s">
         <v>533</v>
       </c>
-      <c r="G331" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K331" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="332" spans="1:11">
       <c r="A332" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B332" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C332" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="D332" t="s">
         <v>27</v>
       </c>
       <c r="E332" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F332" t="s">
+        <v>535</v>
+      </c>
+      <c r="G332" t="s">
+        <v>536</v>
+      </c>
+      <c r="H332" t="s">
+        <v>526</v>
+      </c>
+      <c r="I332" t="s">
+        <v>527</v>
+      </c>
+      <c r="J332" t="s">
         <v>533</v>
       </c>
-      <c r="G332" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K332" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="333" spans="1:11">
       <c r="A333" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B333" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C333" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="D333" t="s">
         <v>27</v>
       </c>
       <c r="E333" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F333" t="s">
+        <v>535</v>
+      </c>
+      <c r="G333" t="s">
+        <v>536</v>
+      </c>
+      <c r="H333" t="s">
+        <v>526</v>
+      </c>
+      <c r="I333" t="s">
+        <v>527</v>
+      </c>
+      <c r="J333" t="s">
         <v>533</v>
       </c>
-      <c r="G333" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K333" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="334" spans="1:11">
       <c r="A334" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B334" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C334" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="D334" t="s">
         <v>27</v>
       </c>
       <c r="E334" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F334" t="s">
+        <v>535</v>
+      </c>
+      <c r="G334" t="s">
+        <v>536</v>
+      </c>
+      <c r="H334" t="s">
+        <v>526</v>
+      </c>
+      <c r="I334" t="s">
+        <v>527</v>
+      </c>
+      <c r="J334" t="s">
         <v>533</v>
       </c>
-      <c r="G334" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K334" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="335" spans="1:11">
       <c r="A335" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B335" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C335" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="D335" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E335" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F335" t="s">
+        <v>72</v>
+      </c>
+      <c r="G335" t="s">
+        <v>141</v>
+      </c>
+      <c r="H335" t="s">
+        <v>526</v>
+      </c>
+      <c r="I335" t="s">
+        <v>527</v>
+      </c>
+      <c r="J335" t="s">
         <v>533</v>
       </c>
-      <c r="G335" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="K335" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="336" spans="1:11">
       <c r="A336" s="3" t="s">
-        <v>521</v>
+        <v>523</v>
       </c>
       <c r="B336" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="C336" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="D336" t="s">
         <v>14</v>
       </c>
       <c r="E336" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F336" t="s">
         <v>72</v>
       </c>
       <c r="G336" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H336" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
       <c r="I336" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="J336" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="K336" s="8" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
     </row>
     <row r="337" spans="1:11">
       <c r="A337" s="3" t="s">
-        <v>521</v>
+        <v>573</v>
       </c>
       <c r="B337" t="s">
-        <v>155</v>
+        <v>70</v>
       </c>
       <c r="C337" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D337" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E337" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F337" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G337" t="s">
-        <v>155</v>
+        <v>575</v>
       </c>
       <c r="H337" t="s">
-        <v>524</v>
+        <v>576</v>
       </c>
       <c r="I337" t="s">
-        <v>525</v>
+        <v>577</v>
       </c>
       <c r="J337" t="s">
-        <v>531</v>
+        <v>578</v>
       </c>
       <c r="K337" s="8" t="s">
-        <v>527</v>
+        <v>579</v>
       </c>
     </row>
     <row r="338" spans="1:11">
       <c r="A338" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B338" t="s">
         <v>70</v>
       </c>
       <c r="C338" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
       <c r="D338" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E338" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F338" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G338" t="s">
-        <v>573</v>
+        <v>127</v>
       </c>
       <c r="H338" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I338" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J338" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K338" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="339" spans="1:11">
       <c r="A339" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B339" t="s">
         <v>70</v>
       </c>
       <c r="C339" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="D339" t="s">
         <v>14</v>
       </c>
       <c r="E339" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F339" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G339" t="s">
         <v>127</v>
       </c>
       <c r="H339" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I339" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J339" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K339" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="340" spans="1:11">
       <c r="A340" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B340" t="s">
         <v>70</v>
       </c>
       <c r="C340" t="s">
+        <v>582</v>
+      </c>
+      <c r="D340" t="s">
+        <v>14</v>
+      </c>
+      <c r="E340" t="s">
+        <v>15</v>
+      </c>
+      <c r="F340" t="s">
+        <v>72</v>
+      </c>
+      <c r="G340" t="s">
+        <v>583</v>
+      </c>
+      <c r="H340" t="s">
+        <v>576</v>
+      </c>
+      <c r="I340" t="s">
+        <v>577</v>
+      </c>
+      <c r="J340" t="s">
+        <v>578</v>
+      </c>
+      <c r="K340" s="8" t="s">
         <v>579</v>
-      </c>
-[...22 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="341" spans="1:11">
       <c r="A341" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B341" t="s">
         <v>70</v>
       </c>
       <c r="C341" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="D341" t="s">
         <v>14</v>
       </c>
       <c r="E341" t="s">
         <v>15</v>
       </c>
       <c r="F341" t="s">
-        <v>72</v>
+        <v>218</v>
       </c>
       <c r="G341" t="s">
-        <v>581</v>
+        <v>70</v>
       </c>
       <c r="H341" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I341" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J341" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K341" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="342" spans="1:11">
       <c r="A342" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B342" t="s">
         <v>70</v>
       </c>
       <c r="C342" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="D342" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E342" t="s">
         <v>15</v>
       </c>
       <c r="F342" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G342" t="s">
-        <v>70</v>
+        <v>586</v>
       </c>
       <c r="H342" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I342" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J342" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K342" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="343" spans="1:11">
       <c r="A343" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B343" t="s">
         <v>70</v>
       </c>
       <c r="C343" t="s">
-        <v>583</v>
+        <v>225</v>
       </c>
       <c r="D343" t="s">
         <v>27</v>
       </c>
       <c r="E343" t="s">
         <v>15</v>
       </c>
       <c r="F343" t="s">
         <v>57</v>
       </c>
       <c r="G343" t="s">
-        <v>584</v>
+        <v>227</v>
       </c>
       <c r="H343" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I343" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J343" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K343" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="344" spans="1:11">
       <c r="A344" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B344" t="s">
         <v>70</v>
       </c>
       <c r="C344" t="s">
-        <v>223</v>
+        <v>587</v>
       </c>
       <c r="D344" t="s">
         <v>27</v>
       </c>
       <c r="E344" t="s">
         <v>15</v>
       </c>
       <c r="F344" t="s">
         <v>57</v>
       </c>
       <c r="G344" t="s">
-        <v>225</v>
+        <v>588</v>
       </c>
       <c r="H344" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I344" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J344" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K344" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="345" spans="1:11">
       <c r="A345" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B345" t="s">
         <v>70</v>
       </c>
       <c r="C345" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="D345" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E345" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F345" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G345" t="s">
-        <v>586</v>
+        <v>70</v>
       </c>
       <c r="H345" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I345" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J345" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K345" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="346" spans="1:11">
       <c r="A346" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B346" t="s">
         <v>70</v>
       </c>
       <c r="C346" t="s">
-        <v>144</v>
+        <v>590</v>
       </c>
       <c r="D346" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E346" t="s">
         <v>23</v>
       </c>
       <c r="F346" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G346" t="s">
-        <v>70</v>
+        <v>575</v>
       </c>
       <c r="H346" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I346" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J346" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K346" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="347" spans="1:11">
       <c r="A347" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B347" t="s">
         <v>70</v>
       </c>
       <c r="C347" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="D347" t="s">
         <v>27</v>
       </c>
       <c r="E347" t="s">
         <v>23</v>
       </c>
       <c r="F347" t="s">
         <v>57</v>
       </c>
       <c r="G347" t="s">
-        <v>573</v>
+        <v>586</v>
       </c>
       <c r="H347" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I347" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J347" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K347" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="348" spans="1:11">
       <c r="A348" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B348" t="s">
         <v>70</v>
       </c>
       <c r="C348" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="D348" t="s">
         <v>27</v>
       </c>
       <c r="E348" t="s">
         <v>23</v>
       </c>
       <c r="F348" t="s">
         <v>57</v>
       </c>
       <c r="G348" t="s">
-        <v>584</v>
+        <v>583</v>
       </c>
       <c r="H348" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I348" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J348" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K348" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="349" spans="1:11">
       <c r="A349" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B349" t="s">
         <v>70</v>
       </c>
       <c r="C349" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="D349" t="s">
         <v>27</v>
       </c>
       <c r="E349" t="s">
         <v>23</v>
       </c>
       <c r="F349" t="s">
         <v>57</v>
       </c>
       <c r="G349" t="s">
-        <v>581</v>
+        <v>227</v>
       </c>
       <c r="H349" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I349" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J349" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K349" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="350" spans="1:11">
       <c r="A350" s="3" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
       <c r="B350" t="s">
         <v>70</v>
       </c>
       <c r="C350" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="D350" t="s">
         <v>27</v>
       </c>
       <c r="E350" t="s">
         <v>23</v>
       </c>
       <c r="F350" t="s">
         <v>57</v>
       </c>
       <c r="G350" t="s">
-        <v>225</v>
+        <v>588</v>
       </c>
       <c r="H350" t="s">
-        <v>574</v>
+        <v>576</v>
       </c>
       <c r="I350" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="J350" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="K350" s="8" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="351" spans="1:11">
       <c r="A351" s="3" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
       <c r="B351" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="C351" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="D351" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E351" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F351" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G351" t="s">
-        <v>586</v>
+        <v>127</v>
       </c>
       <c r="H351" t="s">
-        <v>574</v>
+        <v>597</v>
       </c>
       <c r="I351" t="s">
-        <v>575</v>
+        <v>598</v>
       </c>
       <c r="J351" t="s">
-        <v>576</v>
+        <v>599</v>
       </c>
       <c r="K351" s="8" t="s">
-        <v>577</v>
+        <v>600</v>
       </c>
     </row>
     <row r="352" spans="1:11">
       <c r="A352" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B352" t="s">
         <v>127</v>
       </c>
       <c r="C352" t="s">
-        <v>593</v>
+        <v>138</v>
       </c>
       <c r="D352" t="s">
         <v>14</v>
       </c>
       <c r="E352" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F352" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G352" t="s">
         <v>127</v>
       </c>
       <c r="H352" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="I352" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="J352" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="K352" s="8" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="353" spans="1:11">
       <c r="A353" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B353" t="s">
         <v>127</v>
       </c>
       <c r="C353" t="s">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="D353" t="s">
         <v>14</v>
       </c>
       <c r="E353" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F353" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G353" t="s">
         <v>127</v>
       </c>
       <c r="H353" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="I353" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="J353" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="K353" s="8" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="354" spans="1:11">
       <c r="A354" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B354" t="s">
         <v>127</v>
       </c>
       <c r="C354" t="s">
+        <v>602</v>
+      </c>
+      <c r="D354" t="s">
+        <v>14</v>
+      </c>
+      <c r="E354" t="s">
+        <v>23</v>
+      </c>
+      <c r="F354" t="s">
+        <v>218</v>
+      </c>
+      <c r="G354" t="s">
+        <v>127</v>
+      </c>
+      <c r="H354" t="s">
+        <v>597</v>
+      </c>
+      <c r="I354" t="s">
+        <v>598</v>
+      </c>
+      <c r="J354" t="s">
         <v>599</v>
       </c>
-      <c r="D354" t="s">
-[...11 lines deleted...]
-      <c r="H354" t="s">
+      <c r="K354" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="355" spans="1:11">
       <c r="A355" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B355" t="s">
         <v>127</v>
       </c>
       <c r="C355" t="s">
-        <v>603</v>
+        <v>149</v>
       </c>
       <c r="D355" t="s">
         <v>14</v>
       </c>
       <c r="E355" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F355" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G355" t="s">
-        <v>142</v>
+        <v>70</v>
       </c>
       <c r="H355" t="s">
+        <v>597</v>
+      </c>
+      <c r="I355" t="s">
+        <v>598</v>
+      </c>
+      <c r="J355" t="s">
+        <v>599</v>
+      </c>
+      <c r="K355" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="356" spans="1:11">
       <c r="A356" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B356" t="s">
         <v>127</v>
       </c>
       <c r="C356" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="D356" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E356" t="s">
         <v>23</v>
       </c>
       <c r="F356" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G356" t="s">
-        <v>605</v>
+        <v>70</v>
       </c>
       <c r="H356" t="s">
+        <v>597</v>
+      </c>
+      <c r="I356" t="s">
+        <v>598</v>
+      </c>
+      <c r="J356" t="s">
+        <v>599</v>
+      </c>
+      <c r="K356" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="357" spans="1:11">
       <c r="A357" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B357" t="s">
         <v>127</v>
       </c>
       <c r="C357" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
       <c r="D357" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E357" t="s">
         <v>15</v>
       </c>
       <c r="F357" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G357" t="s">
-        <v>605</v>
+        <v>141</v>
       </c>
       <c r="H357" t="s">
+        <v>597</v>
+      </c>
+      <c r="I357" t="s">
+        <v>598</v>
+      </c>
+      <c r="J357" t="s">
+        <v>599</v>
+      </c>
+      <c r="K357" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="358" spans="1:11">
       <c r="A358" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B358" t="s">
         <v>127</v>
       </c>
       <c r="C358" t="s">
-        <v>607</v>
+        <v>605</v>
       </c>
       <c r="D358" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E358" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F358" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G358" t="s">
-        <v>608</v>
+        <v>141</v>
       </c>
       <c r="H358" t="s">
+        <v>597</v>
+      </c>
+      <c r="I358" t="s">
+        <v>598</v>
+      </c>
+      <c r="J358" t="s">
+        <v>599</v>
+      </c>
+      <c r="K358" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="359" spans="1:11">
       <c r="A359" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B359" t="s">
         <v>127</v>
       </c>
       <c r="C359" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="D359" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E359" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F359" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G359" t="s">
-        <v>160</v>
+        <v>12</v>
       </c>
       <c r="H359" t="s">
+        <v>597</v>
+      </c>
+      <c r="I359" t="s">
+        <v>598</v>
+      </c>
+      <c r="J359" t="s">
+        <v>599</v>
+      </c>
+      <c r="K359" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="360" spans="1:11">
       <c r="A360" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B360" t="s">
         <v>127</v>
       </c>
       <c r="C360" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="D360" t="s">
         <v>27</v>
       </c>
       <c r="E360" t="s">
         <v>23</v>
       </c>
       <c r="F360" t="s">
         <v>57</v>
       </c>
       <c r="G360" t="s">
-        <v>160</v>
+        <v>608</v>
       </c>
       <c r="H360" t="s">
+        <v>597</v>
+      </c>
+      <c r="I360" t="s">
+        <v>598</v>
+      </c>
+      <c r="J360" t="s">
+        <v>599</v>
+      </c>
+      <c r="K360" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="361" spans="1:11">
       <c r="A361" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B361" t="s">
         <v>127</v>
       </c>
       <c r="C361" t="s">
-        <v>611</v>
+        <v>609</v>
       </c>
       <c r="D361" t="s">
         <v>14</v>
       </c>
       <c r="E361" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F361" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G361" t="s">
-        <v>127</v>
+        <v>146</v>
       </c>
       <c r="H361" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="I361" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="J361" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="K361" s="8" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="362" spans="1:11">
       <c r="A362" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B362" t="s">
         <v>127</v>
       </c>
       <c r="C362" t="s">
-        <v>145</v>
+        <v>610</v>
       </c>
       <c r="D362" t="s">
         <v>14</v>
       </c>
       <c r="E362" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F362" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G362" t="s">
-        <v>612</v>
+        <v>146</v>
       </c>
       <c r="H362" t="s">
+        <v>597</v>
+      </c>
+      <c r="I362" t="s">
+        <v>598</v>
+      </c>
+      <c r="J362" t="s">
+        <v>599</v>
+      </c>
+      <c r="K362" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="363" spans="1:11">
       <c r="A363" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B363" t="s">
         <v>127</v>
       </c>
       <c r="C363" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="D363" t="s">
         <v>14</v>
       </c>
       <c r="E363" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F363" t="s">
-        <v>72</v>
+        <v>218</v>
       </c>
       <c r="G363" t="s">
-        <v>70</v>
+        <v>612</v>
       </c>
       <c r="H363" t="s">
+        <v>597</v>
+      </c>
+      <c r="I363" t="s">
+        <v>598</v>
+      </c>
+      <c r="J363" t="s">
+        <v>599</v>
+      </c>
+      <c r="K363" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="364" spans="1:11">
       <c r="A364" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B364" t="s">
         <v>127</v>
       </c>
       <c r="C364" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
       <c r="D364" t="s">
         <v>14</v>
       </c>
       <c r="E364" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F364" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G364" t="s">
-        <v>155</v>
+        <v>612</v>
       </c>
       <c r="H364" t="s">
+        <v>597</v>
+      </c>
+      <c r="I364" t="s">
+        <v>598</v>
+      </c>
+      <c r="J364" t="s">
+        <v>599</v>
+      </c>
+      <c r="K364" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="365" spans="1:11">
       <c r="A365" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B365" t="s">
         <v>127</v>
       </c>
       <c r="C365" t="s">
+        <v>614</v>
+      </c>
+      <c r="D365" t="s">
+        <v>27</v>
+      </c>
+      <c r="E365" t="s">
+        <v>15</v>
+      </c>
+      <c r="F365" t="s">
+        <v>57</v>
+      </c>
+      <c r="G365" t="s">
         <v>615</v>
       </c>
-      <c r="D365" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H365" t="s">
+        <v>597</v>
+      </c>
+      <c r="I365" t="s">
+        <v>598</v>
+      </c>
+      <c r="J365" t="s">
+        <v>599</v>
+      </c>
+      <c r="K365" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="366" spans="1:11">
       <c r="A366" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B366" t="s">
         <v>127</v>
       </c>
       <c r="C366" t="s">
         <v>616</v>
       </c>
       <c r="D366" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E366" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F366" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G366" t="s">
-        <v>12</v>
+        <v>615</v>
       </c>
       <c r="H366" t="s">
+        <v>597</v>
+      </c>
+      <c r="I366" t="s">
+        <v>598</v>
+      </c>
+      <c r="J366" t="s">
+        <v>599</v>
+      </c>
+      <c r="K366" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="367" spans="1:11">
       <c r="A367" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B367" t="s">
         <v>127</v>
       </c>
       <c r="C367" t="s">
         <v>617</v>
       </c>
       <c r="D367" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E367" t="s">
         <v>15</v>
       </c>
       <c r="F367" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G367" t="s">
         <v>618</v>
       </c>
       <c r="H367" t="s">
+        <v>597</v>
+      </c>
+      <c r="I367" t="s">
+        <v>598</v>
+      </c>
+      <c r="J367" t="s">
+        <v>599</v>
+      </c>
+      <c r="K367" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="368" spans="1:11">
       <c r="A368" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B368" t="s">
         <v>127</v>
       </c>
       <c r="C368" t="s">
         <v>619</v>
       </c>
       <c r="D368" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E368" t="s">
         <v>23</v>
       </c>
       <c r="F368" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G368" t="s">
         <v>618</v>
       </c>
       <c r="H368" t="s">
+        <v>597</v>
+      </c>
+      <c r="I368" t="s">
+        <v>598</v>
+      </c>
+      <c r="J368" t="s">
+        <v>599</v>
+      </c>
+      <c r="K368" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="369" spans="1:11">
       <c r="A369" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B369" t="s">
         <v>127</v>
       </c>
       <c r="C369" t="s">
         <v>620</v>
       </c>
       <c r="D369" t="s">
         <v>27</v>
       </c>
       <c r="E369" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F369" t="s">
         <v>57</v>
       </c>
       <c r="G369" t="s">
         <v>621</v>
       </c>
       <c r="H369" t="s">
-        <v>622</v>
+        <v>597</v>
       </c>
       <c r="I369" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="J369" t="s">
-        <v>623</v>
+        <v>599</v>
       </c>
       <c r="K369" s="8" t="s">
-        <v>624</v>
+        <v>600</v>
       </c>
     </row>
     <row r="370" spans="1:11">
       <c r="A370" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B370" t="s">
         <v>127</v>
       </c>
       <c r="C370" t="s">
-        <v>625</v>
+        <v>622</v>
       </c>
       <c r="D370" t="s">
         <v>27</v>
       </c>
       <c r="E370" t="s">
         <v>23</v>
       </c>
       <c r="F370" t="s">
         <v>57</v>
       </c>
       <c r="G370" t="s">
-        <v>608</v>
+        <v>621</v>
       </c>
       <c r="H370" t="s">
+        <v>597</v>
+      </c>
+      <c r="I370" t="s">
+        <v>598</v>
+      </c>
+      <c r="J370" t="s">
+        <v>599</v>
+      </c>
+      <c r="K370" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="371" spans="1:11">
       <c r="A371" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B371" t="s">
         <v>127</v>
       </c>
       <c r="C371" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D371" t="s">
         <v>27</v>
       </c>
       <c r="E371" t="s">
         <v>15</v>
       </c>
       <c r="F371" t="s">
         <v>57</v>
       </c>
       <c r="G371" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H371" t="s">
+        <v>597</v>
+      </c>
+      <c r="I371" t="s">
+        <v>598</v>
+      </c>
+      <c r="J371" t="s">
+        <v>599</v>
+      </c>
+      <c r="K371" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="372" spans="1:11">
       <c r="A372" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B372" t="s">
         <v>127</v>
       </c>
       <c r="C372" t="s">
-        <v>626</v>
+        <v>623</v>
       </c>
       <c r="D372" t="s">
         <v>27</v>
       </c>
       <c r="E372" t="s">
         <v>23</v>
       </c>
       <c r="F372" t="s">
         <v>57</v>
       </c>
       <c r="G372" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="H372" t="s">
+        <v>597</v>
+      </c>
+      <c r="I372" t="s">
+        <v>598</v>
+      </c>
+      <c r="J372" t="s">
+        <v>599</v>
+      </c>
+      <c r="K372" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="373" spans="1:11">
       <c r="A373" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B373" t="s">
         <v>127</v>
       </c>
       <c r="C373" t="s">
-        <v>627</v>
+        <v>152</v>
       </c>
       <c r="D373" t="s">
         <v>27</v>
       </c>
       <c r="E373" t="s">
         <v>15</v>
       </c>
       <c r="F373" t="s">
         <v>57</v>
       </c>
       <c r="G373" t="s">
-        <v>628</v>
+        <v>153</v>
       </c>
       <c r="H373" t="s">
+        <v>597</v>
+      </c>
+      <c r="I373" t="s">
+        <v>598</v>
+      </c>
+      <c r="J373" t="s">
+        <v>599</v>
+      </c>
+      <c r="K373" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="374" spans="1:11">
       <c r="A374" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B374" t="s">
         <v>127</v>
       </c>
       <c r="C374" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="D374" t="s">
         <v>27</v>
       </c>
       <c r="E374" t="s">
         <v>23</v>
       </c>
       <c r="F374" t="s">
         <v>57</v>
       </c>
       <c r="G374" t="s">
-        <v>628</v>
+        <v>153</v>
       </c>
       <c r="H374" t="s">
+        <v>597</v>
+      </c>
+      <c r="I374" t="s">
+        <v>598</v>
+      </c>
+      <c r="J374" t="s">
+        <v>599</v>
+      </c>
+      <c r="K374" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="375" spans="1:11">
       <c r="A375" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B375" t="s">
         <v>127</v>
       </c>
       <c r="C375" t="s">
-        <v>630</v>
+        <v>625</v>
       </c>
       <c r="D375" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E375" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F375" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G375" t="s">
-        <v>12</v>
+        <v>159</v>
       </c>
       <c r="H375" t="s">
+        <v>597</v>
+      </c>
+      <c r="I375" t="s">
+        <v>598</v>
+      </c>
+      <c r="J375" t="s">
+        <v>599</v>
+      </c>
+      <c r="K375" s="8" t="s">
         <v>600</v>
-      </c>
-[...7 lines deleted...]
-        <v>602</v>
       </c>
     </row>
     <row r="376" spans="1:11">
       <c r="A376" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B376" t="s">
         <v>127</v>
       </c>
       <c r="C376" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="D376" t="s">
         <v>27</v>
       </c>
       <c r="E376" t="s">
         <v>23</v>
       </c>
       <c r="F376" t="s">
         <v>57</v>
       </c>
       <c r="G376" t="s">
-        <v>632</v>
+        <v>159</v>
       </c>
       <c r="H376" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="I376" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="J376" t="s">
-        <v>633</v>
+        <v>599</v>
       </c>
       <c r="K376" s="8" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="377" spans="1:11">
       <c r="A377" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B377" t="s">
         <v>127</v>
       </c>
       <c r="C377" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="D377" t="s">
         <v>27</v>
       </c>
       <c r="E377" t="s">
         <v>15</v>
       </c>
       <c r="F377" t="s">
         <v>57</v>
       </c>
       <c r="G377" t="s">
-        <v>621</v>
+        <v>608</v>
       </c>
       <c r="H377" t="s">
-        <v>622</v>
+        <v>597</v>
       </c>
       <c r="I377" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="J377" t="s">
-        <v>635</v>
+        <v>599</v>
       </c>
       <c r="K377" s="8" t="s">
-        <v>624</v>
+        <v>600</v>
       </c>
     </row>
     <row r="378" spans="1:11">
       <c r="A378" s="3" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B378" t="s">
         <v>127</v>
       </c>
       <c r="C378" t="s">
-        <v>636</v>
+        <v>628</v>
       </c>
       <c r="D378" t="s">
         <v>14</v>
       </c>
       <c r="E378" t="s">
         <v>15</v>
       </c>
       <c r="F378" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G378" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="H378" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="I378" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
       <c r="J378" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="K378" s="8" t="s">
-        <v>597</v>
+        <v>600</v>
       </c>
     </row>
     <row r="379" spans="1:11">
       <c r="A379" s="3" t="s">
-        <v>592</v>
+        <v>629</v>
       </c>
       <c r="B379" t="s">
         <v>127</v>
       </c>
       <c r="C379" t="s">
-        <v>637</v>
+        <v>630</v>
       </c>
       <c r="D379" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E379" t="s">
         <v>15</v>
       </c>
       <c r="F379" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G379" t="s">
+        <v>127</v>
+      </c>
+      <c r="H379" t="s">
+        <v>631</v>
+      </c>
+      <c r="I379" t="s">
         <v>632</v>
       </c>
-      <c r="H379" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J379" t="s">
-        <v>640</v>
+        <v>633</v>
       </c>
       <c r="K379" s="8" t="s">
-        <v>641</v>
+        <v>634</v>
       </c>
     </row>
     <row r="380" spans="1:11">
       <c r="A380" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B380" t="s">
         <v>127</v>
       </c>
       <c r="C380" t="s">
-        <v>593</v>
+        <v>635</v>
       </c>
       <c r="D380" t="s">
         <v>14</v>
       </c>
       <c r="E380" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F380" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G380" t="s">
-        <v>127</v>
+        <v>636</v>
       </c>
       <c r="H380" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I380" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J380" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K380" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="381" spans="1:11">
       <c r="A381" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B381" t="s">
         <v>127</v>
       </c>
       <c r="C381" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="D381" t="s">
         <v>14</v>
       </c>
       <c r="E381" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F381" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G381" t="s">
-        <v>648</v>
+        <v>141</v>
       </c>
       <c r="H381" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I381" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J381" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K381" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="382" spans="1:11">
       <c r="A382" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B382" t="s">
         <v>127</v>
       </c>
       <c r="C382" t="s">
-        <v>649</v>
+        <v>638</v>
       </c>
       <c r="D382" t="s">
         <v>14</v>
       </c>
       <c r="E382" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F382" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G382" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H382" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I382" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J382" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K382" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="383" spans="1:11">
       <c r="A383" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B383" t="s">
         <v>127</v>
       </c>
       <c r="C383" t="s">
-        <v>650</v>
+        <v>639</v>
       </c>
       <c r="D383" t="s">
         <v>14</v>
       </c>
       <c r="E383" t="s">
         <v>23</v>
       </c>
       <c r="F383" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G383" t="s">
-        <v>155</v>
+        <v>12</v>
       </c>
       <c r="H383" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I383" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J383" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K383" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="384" spans="1:11">
       <c r="A384" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B384" t="s">
         <v>127</v>
       </c>
       <c r="C384" t="s">
-        <v>651</v>
+        <v>640</v>
       </c>
       <c r="D384" t="s">
         <v>14</v>
       </c>
       <c r="E384" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F384" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G384" t="s">
         <v>12</v>
       </c>
       <c r="H384" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I384" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J384" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K384" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="385" spans="1:11">
       <c r="A385" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B385" t="s">
         <v>127</v>
       </c>
       <c r="C385" t="s">
-        <v>652</v>
+        <v>641</v>
       </c>
       <c r="D385" t="s">
         <v>14</v>
       </c>
       <c r="E385" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F385" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G385" t="s">
-        <v>12</v>
+        <v>127</v>
       </c>
       <c r="H385" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I385" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J385" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K385" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="386" spans="1:11">
       <c r="A386" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B386" t="s">
         <v>127</v>
       </c>
       <c r="C386" t="s">
-        <v>653</v>
+        <v>642</v>
       </c>
       <c r="D386" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E386" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F386" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G386" t="s">
-        <v>127</v>
+        <v>643</v>
       </c>
       <c r="H386" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I386" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J386" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K386" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="387" spans="1:11">
       <c r="A387" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B387" t="s">
         <v>127</v>
       </c>
       <c r="C387" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="D387" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E387" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F387" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G387" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="H387" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I387" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J387" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K387" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="388" spans="1:11">
       <c r="A388" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B388" t="s">
         <v>127</v>
       </c>
       <c r="C388" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="D388" t="s">
         <v>14</v>
       </c>
       <c r="E388" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F388" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G388" t="s">
-        <v>657</v>
+        <v>636</v>
       </c>
       <c r="H388" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I388" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J388" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K388" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="389" spans="1:11">
       <c r="A389" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B389" t="s">
         <v>127</v>
       </c>
       <c r="C389" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
       <c r="D389" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E389" t="s">
         <v>15</v>
       </c>
       <c r="F389" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G389" t="s">
         <v>648</v>
       </c>
       <c r="H389" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I389" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J389" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K389" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="390" spans="1:11">
       <c r="A390" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B390" t="s">
         <v>127</v>
       </c>
       <c r="C390" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
       <c r="D390" t="s">
         <v>27</v>
       </c>
       <c r="E390" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F390" t="s">
         <v>57</v>
       </c>
       <c r="G390" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
       <c r="H390" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I390" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J390" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K390" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="391" spans="1:11">
       <c r="A391" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B391" t="s">
         <v>127</v>
       </c>
       <c r="C391" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
       <c r="D391" t="s">
         <v>27</v>
       </c>
       <c r="E391" t="s">
         <v>23</v>
       </c>
       <c r="F391" t="s">
         <v>57</v>
       </c>
       <c r="G391" t="s">
-        <v>662</v>
+        <v>643</v>
       </c>
       <c r="H391" t="s">
-        <v>643</v>
+        <v>631</v>
       </c>
       <c r="I391" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J391" t="s">
-        <v>645</v>
+        <v>633</v>
       </c>
       <c r="K391" s="8" t="s">
-        <v>646</v>
+        <v>634</v>
       </c>
     </row>
     <row r="392" spans="1:11">
       <c r="A392" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B392" t="s">
         <v>127</v>
       </c>
       <c r="C392" t="s">
-        <v>663</v>
+        <v>652</v>
       </c>
       <c r="D392" t="s">
         <v>27</v>
       </c>
       <c r="E392" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F392" t="s">
         <v>57</v>
       </c>
       <c r="G392" t="s">
+        <v>653</v>
+      </c>
+      <c r="H392" t="s">
+        <v>654</v>
+      </c>
+      <c r="I392" t="s">
+        <v>632</v>
+      </c>
+      <c r="J392" t="s">
         <v>655</v>
       </c>
-      <c r="H392" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K392" s="8" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
     </row>
     <row r="393" spans="1:11">
       <c r="A393" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B393" t="s">
         <v>127</v>
       </c>
       <c r="C393" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="D393" t="s">
         <v>27</v>
       </c>
       <c r="E393" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F393" t="s">
         <v>57</v>
       </c>
       <c r="G393" t="s">
-        <v>665</v>
+        <v>653</v>
       </c>
       <c r="H393" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
       <c r="I393" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J393" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
       <c r="K393" s="8" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
     </row>
     <row r="394" spans="1:11">
       <c r="A394" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B394" t="s">
         <v>127</v>
       </c>
       <c r="C394" t="s">
-        <v>669</v>
+        <v>658</v>
       </c>
       <c r="D394" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E394" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F394" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G394" t="s">
-        <v>665</v>
+        <v>127</v>
       </c>
       <c r="H394" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="I394" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J394" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="K394" s="8" t="s">
-        <v>668</v>
+        <v>661</v>
       </c>
     </row>
     <row r="395" spans="1:11">
       <c r="A395" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B395" t="s">
         <v>127</v>
       </c>
       <c r="C395" t="s">
-        <v>670</v>
+        <v>662</v>
       </c>
       <c r="D395" t="s">
         <v>14</v>
       </c>
       <c r="E395" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F395" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G395" t="s">
         <v>127</v>
       </c>
       <c r="H395" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I395" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J395" t="s">
-        <v>672</v>
+        <v>663</v>
       </c>
       <c r="K395" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="396" spans="1:11">
       <c r="A396" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B396" t="s">
         <v>127</v>
       </c>
       <c r="C396" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="D396" t="s">
         <v>14</v>
       </c>
       <c r="E396" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F396" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G396" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="H396" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I396" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J396" t="s">
-        <v>675</v>
+        <v>660</v>
       </c>
       <c r="K396" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="397" spans="1:11">
       <c r="A397" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B397" t="s">
         <v>127</v>
       </c>
       <c r="C397" t="s">
-        <v>676</v>
+        <v>22</v>
       </c>
       <c r="D397" t="s">
         <v>14</v>
       </c>
       <c r="E397" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F397" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G397" t="s">
         <v>12</v>
       </c>
       <c r="H397" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I397" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J397" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K397" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="398" spans="1:11">
       <c r="A398" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B398" t="s">
         <v>127</v>
       </c>
       <c r="C398" t="s">
-        <v>22</v>
+        <v>665</v>
       </c>
       <c r="D398" t="s">
         <v>14</v>
       </c>
       <c r="E398" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F398" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G398" t="s">
-        <v>12</v>
+        <v>141</v>
       </c>
       <c r="H398" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I398" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J398" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K398" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="399" spans="1:11">
       <c r="A399" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B399" t="s">
         <v>127</v>
       </c>
       <c r="C399" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="D399" t="s">
         <v>14</v>
       </c>
       <c r="E399" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F399" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G399" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H399" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I399" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J399" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K399" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="400" spans="1:11">
       <c r="A400" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B400" t="s">
         <v>127</v>
       </c>
       <c r="C400" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="D400" t="s">
         <v>14</v>
       </c>
       <c r="E400" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F400" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G400" t="s">
-        <v>155</v>
+        <v>645</v>
       </c>
       <c r="H400" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I400" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J400" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K400" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="401" spans="1:11">
       <c r="A401" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B401" t="s">
         <v>127</v>
       </c>
       <c r="C401" t="s">
-        <v>679</v>
+        <v>149</v>
       </c>
       <c r="D401" t="s">
         <v>14</v>
       </c>
       <c r="E401" t="s">
         <v>15</v>
       </c>
       <c r="F401" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G401" t="s">
-        <v>657</v>
+        <v>70</v>
       </c>
       <c r="H401" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I401" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J401" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K401" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="402" spans="1:11">
       <c r="A402" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B402" t="s">
         <v>127</v>
       </c>
       <c r="C402" t="s">
-        <v>680</v>
+        <v>360</v>
       </c>
       <c r="D402" t="s">
         <v>14</v>
       </c>
       <c r="E402" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F402" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G402" t="s">
         <v>70</v>
       </c>
       <c r="H402" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I402" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J402" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K402" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="403" spans="1:11">
       <c r="A403" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B403" t="s">
         <v>127</v>
       </c>
       <c r="C403" t="s">
-        <v>358</v>
+        <v>584</v>
       </c>
       <c r="D403" t="s">
         <v>14</v>
       </c>
       <c r="E403" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F403" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G403" t="s">
         <v>70</v>
       </c>
       <c r="H403" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I403" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J403" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K403" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="404" spans="1:11">
       <c r="A404" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B404" t="s">
         <v>127</v>
       </c>
       <c r="C404" t="s">
-        <v>582</v>
+        <v>668</v>
       </c>
       <c r="D404" t="s">
         <v>14</v>
       </c>
       <c r="E404" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F404" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G404" t="s">
         <v>70</v>
       </c>
       <c r="H404" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I404" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J404" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K404" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="405" spans="1:11">
       <c r="A405" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B405" t="s">
         <v>127</v>
       </c>
       <c r="C405" t="s">
-        <v>613</v>
+        <v>669</v>
       </c>
       <c r="D405" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E405" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F405" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G405" t="s">
-        <v>70</v>
+        <v>670</v>
       </c>
       <c r="H405" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I405" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J405" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K405" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="406" spans="1:11">
       <c r="A406" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B406" t="s">
         <v>127</v>
       </c>
       <c r="C406" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="D406" t="s">
         <v>27</v>
       </c>
       <c r="E406" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F406" t="s">
         <v>57</v>
       </c>
       <c r="G406" t="s">
-        <v>682</v>
+        <v>670</v>
       </c>
       <c r="H406" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I406" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J406" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K406" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="407" spans="1:11">
       <c r="A407" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B407" t="s">
         <v>127</v>
       </c>
       <c r="C407" t="s">
-        <v>683</v>
+        <v>672</v>
       </c>
       <c r="D407" t="s">
         <v>27</v>
       </c>
       <c r="E407" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F407" t="s">
         <v>57</v>
       </c>
       <c r="G407" t="s">
-        <v>682</v>
+        <v>650</v>
       </c>
       <c r="H407" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I407" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J407" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K407" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="408" spans="1:11">
       <c r="A408" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B408" t="s">
         <v>127</v>
       </c>
       <c r="C408" t="s">
-        <v>684</v>
+        <v>587</v>
       </c>
       <c r="D408" t="s">
         <v>27</v>
       </c>
       <c r="E408" t="s">
         <v>15</v>
       </c>
       <c r="F408" t="s">
         <v>57</v>
       </c>
       <c r="G408" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="H408" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I408" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J408" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K408" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="409" spans="1:11">
       <c r="A409" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B409" t="s">
         <v>127</v>
       </c>
       <c r="C409" t="s">
-        <v>585</v>
+        <v>674</v>
       </c>
       <c r="D409" t="s">
         <v>27</v>
       </c>
       <c r="E409" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F409" t="s">
         <v>57</v>
       </c>
       <c r="G409" t="s">
-        <v>685</v>
+        <v>673</v>
       </c>
       <c r="H409" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I409" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J409" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K409" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="410" spans="1:11">
       <c r="A410" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B410" t="s">
         <v>127</v>
       </c>
       <c r="C410" t="s">
-        <v>686</v>
+        <v>675</v>
       </c>
       <c r="D410" t="s">
         <v>27</v>
       </c>
       <c r="E410" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F410" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G410" t="s">
-        <v>685</v>
+        <v>676</v>
       </c>
       <c r="H410" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I410" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J410" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K410" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="411" spans="1:11">
       <c r="A411" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B411" t="s">
         <v>127</v>
       </c>
       <c r="C411" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="D411" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E411" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F411" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G411" t="s">
-        <v>688</v>
+        <v>676</v>
       </c>
       <c r="H411" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I411" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J411" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K411" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="412" spans="1:11">
       <c r="A412" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B412" t="s">
         <v>127</v>
       </c>
       <c r="C412" t="s">
-        <v>689</v>
+        <v>678</v>
       </c>
       <c r="D412" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E412" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F412" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G412" t="s">
-        <v>688</v>
+        <v>679</v>
       </c>
       <c r="H412" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I412" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J412" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K412" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="413" spans="1:11">
       <c r="A413" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B413" t="s">
         <v>127</v>
       </c>
       <c r="C413" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="D413" t="s">
         <v>27</v>
       </c>
       <c r="E413" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F413" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G413" t="s">
-        <v>691</v>
+        <v>679</v>
       </c>
       <c r="H413" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I413" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J413" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K413" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="414" spans="1:11">
       <c r="A414" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B414" t="s">
         <v>127</v>
       </c>
       <c r="C414" t="s">
-        <v>692</v>
+        <v>681</v>
       </c>
       <c r="D414" t="s">
         <v>27</v>
       </c>
       <c r="E414" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F414" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G414" t="s">
-        <v>691</v>
+        <v>643</v>
       </c>
       <c r="H414" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I414" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J414" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K414" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="415" spans="1:11">
       <c r="A415" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B415" t="s">
         <v>127</v>
       </c>
       <c r="C415" t="s">
-        <v>693</v>
+        <v>682</v>
       </c>
       <c r="D415" t="s">
         <v>27</v>
       </c>
       <c r="E415" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F415" t="s">
         <v>57</v>
       </c>
       <c r="G415" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
       <c r="H415" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I415" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J415" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K415" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="416" spans="1:11">
       <c r="A416" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B416" t="s">
         <v>127</v>
       </c>
       <c r="C416" t="s">
-        <v>694</v>
+        <v>259</v>
       </c>
       <c r="D416" t="s">
         <v>27</v>
       </c>
       <c r="E416" t="s">
         <v>23</v>
       </c>
       <c r="F416" t="s">
         <v>57</v>
       </c>
       <c r="G416" t="s">
-        <v>655</v>
+        <v>683</v>
       </c>
       <c r="H416" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I416" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J416" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K416" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="417" spans="1:11">
       <c r="A417" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B417" t="s">
         <v>127</v>
       </c>
       <c r="C417" t="s">
-        <v>257</v>
+        <v>684</v>
       </c>
       <c r="D417" t="s">
         <v>27</v>
       </c>
       <c r="E417" t="s">
         <v>23</v>
       </c>
       <c r="F417" t="s">
         <v>57</v>
       </c>
       <c r="G417" t="s">
-        <v>695</v>
+        <v>683</v>
       </c>
       <c r="H417" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I417" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J417" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K417" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="418" spans="1:11">
       <c r="A418" s="3" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B418" t="s">
         <v>127</v>
       </c>
       <c r="C418" t="s">
-        <v>696</v>
+        <v>685</v>
       </c>
       <c r="D418" t="s">
         <v>27</v>
       </c>
       <c r="E418" t="s">
         <v>23</v>
       </c>
       <c r="F418" t="s">
         <v>57</v>
       </c>
       <c r="G418" t="s">
-        <v>695</v>
+        <v>648</v>
       </c>
       <c r="H418" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="I418" t="s">
-        <v>644</v>
+        <v>632</v>
       </c>
       <c r="J418" t="s">
-        <v>672</v>
+        <v>660</v>
       </c>
       <c r="K418" s="8" t="s">
-        <v>673</v>
+        <v>661</v>
       </c>
     </row>
     <row r="419" spans="1:11">
       <c r="A419" s="3" t="s">
-        <v>642</v>
+        <v>686</v>
       </c>
       <c r="B419" t="s">
         <v>127</v>
       </c>
       <c r="C419" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="D419" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E419" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F419" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G419" t="s">
-        <v>660</v>
+        <v>127</v>
       </c>
       <c r="H419" t="s">
-        <v>671</v>
+        <v>688</v>
       </c>
       <c r="I419" t="s">
-        <v>644</v>
+        <v>689</v>
       </c>
       <c r="J419" t="s">
-        <v>672</v>
+        <v>690</v>
       </c>
       <c r="K419" s="8" t="s">
-        <v>673</v>
+        <v>691</v>
       </c>
     </row>
     <row r="420" spans="1:11">
       <c r="A420" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B420" t="s">
         <v>127</v>
       </c>
       <c r="C420" t="s">
-        <v>699</v>
+        <v>279</v>
       </c>
       <c r="D420" t="s">
         <v>14</v>
       </c>
       <c r="E420" t="s">
         <v>15</v>
       </c>
       <c r="F420" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G420" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="H420" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I420" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J420" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K420" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="421" spans="1:11">
       <c r="A421" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B421" t="s">
         <v>127</v>
       </c>
       <c r="C421" t="s">
-        <v>277</v>
+        <v>692</v>
       </c>
       <c r="D421" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E421" t="s">
         <v>15</v>
       </c>
       <c r="F421" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G421" t="s">
-        <v>12</v>
+        <v>693</v>
       </c>
       <c r="H421" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I421" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J421" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K421" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="422" spans="1:11">
       <c r="A422" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B422" t="s">
         <v>127</v>
       </c>
       <c r="C422" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
       <c r="D422" t="s">
         <v>27</v>
       </c>
       <c r="E422" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F422" t="s">
         <v>57</v>
       </c>
       <c r="G422" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="H422" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I422" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J422" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K422" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="423" spans="1:11">
       <c r="A423" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B423" t="s">
         <v>127</v>
       </c>
       <c r="C423" t="s">
-        <v>706</v>
+        <v>696</v>
       </c>
       <c r="D423" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E423" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F423" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G423" t="s">
-        <v>707</v>
+        <v>141</v>
       </c>
       <c r="H423" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I423" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J423" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K423" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="424" spans="1:11">
       <c r="A424" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B424" t="s">
         <v>127</v>
       </c>
       <c r="C424" t="s">
-        <v>708</v>
+        <v>352</v>
       </c>
       <c r="D424" t="s">
         <v>14</v>
       </c>
       <c r="E424" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F424" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G424" t="s">
-        <v>155</v>
+        <v>70</v>
       </c>
       <c r="H424" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I424" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J424" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K424" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="425" spans="1:11">
       <c r="A425" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B425" t="s">
         <v>127</v>
       </c>
       <c r="C425" t="s">
-        <v>350</v>
+        <v>697</v>
       </c>
       <c r="D425" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E425" t="s">
         <v>23</v>
       </c>
       <c r="F425" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G425" t="s">
-        <v>70</v>
+        <v>698</v>
       </c>
       <c r="H425" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I425" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J425" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K425" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="426" spans="1:11">
       <c r="A426" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B426" t="s">
         <v>127</v>
       </c>
       <c r="C426" t="s">
-        <v>709</v>
+        <v>699</v>
       </c>
       <c r="D426" t="s">
         <v>27</v>
       </c>
       <c r="E426" t="s">
         <v>23</v>
       </c>
       <c r="F426" t="s">
         <v>57</v>
       </c>
       <c r="G426" t="s">
-        <v>710</v>
+        <v>700</v>
       </c>
       <c r="H426" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I426" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J426" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K426" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="427" spans="1:11">
       <c r="A427" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B427" t="s">
         <v>127</v>
       </c>
       <c r="C427" t="s">
-        <v>711</v>
+        <v>360</v>
       </c>
       <c r="D427" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E427" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F427" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G427" t="s">
-        <v>712</v>
+        <v>70</v>
       </c>
       <c r="H427" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I427" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J427" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K427" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="428" spans="1:11">
       <c r="A428" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B428" t="s">
         <v>127</v>
       </c>
       <c r="C428" t="s">
-        <v>358</v>
+        <v>701</v>
       </c>
       <c r="D428" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E428" t="s">
         <v>15</v>
       </c>
       <c r="F428" t="s">
-        <v>129</v>
+        <v>226</v>
       </c>
       <c r="G428" t="s">
-        <v>70</v>
+        <v>700</v>
       </c>
       <c r="H428" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I428" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J428" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K428" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="429" spans="1:11">
       <c r="A429" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B429" t="s">
         <v>127</v>
       </c>
       <c r="C429" t="s">
-        <v>713</v>
+        <v>658</v>
       </c>
       <c r="D429" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E429" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F429" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="G429" t="s">
-        <v>712</v>
+        <v>127</v>
       </c>
       <c r="H429" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I429" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J429" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K429" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="430" spans="1:11">
       <c r="A430" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B430" t="s">
         <v>127</v>
       </c>
       <c r="C430" t="s">
-        <v>670</v>
+        <v>136</v>
       </c>
       <c r="D430" t="s">
         <v>14</v>
       </c>
       <c r="E430" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F430" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G430" t="s">
         <v>127</v>
       </c>
       <c r="H430" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I430" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J430" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K430" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="431" spans="1:11">
       <c r="A431" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B431" t="s">
         <v>127</v>
       </c>
       <c r="C431" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D431" t="s">
         <v>14</v>
       </c>
       <c r="E431" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F431" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G431" t="s">
         <v>127</v>
       </c>
       <c r="H431" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I431" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J431" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K431" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="432" spans="1:11">
       <c r="A432" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B432" t="s">
         <v>127</v>
       </c>
       <c r="C432" t="s">
-        <v>140</v>
+        <v>702</v>
       </c>
       <c r="D432" t="s">
         <v>14</v>
       </c>
       <c r="E432" t="s">
         <v>23</v>
       </c>
       <c r="F432" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G432" t="s">
-        <v>127</v>
+        <v>12</v>
       </c>
       <c r="H432" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I432" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J432" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K432" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="433" spans="1:11">
       <c r="A433" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B433" t="s">
         <v>127</v>
       </c>
       <c r="C433" t="s">
-        <v>714</v>
+        <v>703</v>
       </c>
       <c r="D433" t="s">
         <v>14</v>
       </c>
       <c r="E433" t="s">
         <v>23</v>
       </c>
       <c r="F433" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G433" t="s">
-        <v>12</v>
+        <v>141</v>
       </c>
       <c r="H433" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I433" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J433" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K433" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="434" spans="1:11">
       <c r="A434" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B434" t="s">
         <v>127</v>
       </c>
       <c r="C434" t="s">
-        <v>715</v>
+        <v>704</v>
       </c>
       <c r="D434" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E434" t="s">
         <v>23</v>
       </c>
       <c r="F434" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G434" t="s">
-        <v>155</v>
+        <v>705</v>
       </c>
       <c r="H434" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I434" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J434" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K434" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="435" spans="1:11">
       <c r="A435" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B435" t="s">
         <v>127</v>
       </c>
       <c r="C435" t="s">
-        <v>716</v>
+        <v>152</v>
       </c>
       <c r="D435" t="s">
         <v>27</v>
       </c>
       <c r="E435" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F435" t="s">
         <v>57</v>
       </c>
       <c r="G435" t="s">
-        <v>717</v>
+        <v>706</v>
       </c>
       <c r="H435" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I435" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J435" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K435" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="436" spans="1:11">
       <c r="A436" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B436" t="s">
         <v>127</v>
       </c>
       <c r="C436" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="D436" t="s">
         <v>27</v>
       </c>
       <c r="E436" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F436" t="s">
         <v>57</v>
       </c>
       <c r="G436" t="s">
-        <v>718</v>
+        <v>706</v>
       </c>
       <c r="H436" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I436" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J436" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K436" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="437" spans="1:11">
       <c r="A437" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B437" t="s">
         <v>127</v>
       </c>
       <c r="C437" t="s">
-        <v>627</v>
+        <v>165</v>
       </c>
       <c r="D437" t="s">
         <v>27</v>
       </c>
       <c r="E437" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F437" t="s">
         <v>57</v>
       </c>
       <c r="G437" t="s">
-        <v>718</v>
+        <v>707</v>
       </c>
       <c r="H437" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I437" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J437" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K437" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="438" spans="1:11">
       <c r="A438" s="3" t="s">
-        <v>698</v>
+        <v>686</v>
       </c>
       <c r="B438" t="s">
         <v>127</v>
       </c>
       <c r="C438" t="s">
-        <v>146</v>
+        <v>708</v>
       </c>
       <c r="D438" t="s">
         <v>27</v>
       </c>
       <c r="E438" t="s">
         <v>15</v>
       </c>
       <c r="F438" t="s">
         <v>57</v>
       </c>
       <c r="G438" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="H438" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="I438" t="s">
-        <v>701</v>
+        <v>689</v>
       </c>
       <c r="J438" t="s">
-        <v>702</v>
+        <v>690</v>
       </c>
       <c r="K438" s="8" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="439" spans="1:11">
       <c r="A439" s="3" t="s">
-        <v>698</v>
+        <v>710</v>
       </c>
       <c r="B439" t="s">
         <v>127</v>
       </c>
       <c r="C439" t="s">
-        <v>720</v>
+        <v>711</v>
       </c>
       <c r="D439" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E439" t="s">
         <v>15</v>
       </c>
       <c r="F439" t="s">
-        <v>57</v>
+        <v>218</v>
       </c>
       <c r="G439" t="s">
-        <v>721</v>
+        <v>127</v>
       </c>
       <c r="H439" t="s">
-        <v>700</v>
+        <v>712</v>
       </c>
       <c r="I439" t="s">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="J439" t="s">
-        <v>702</v>
+        <v>714</v>
       </c>
       <c r="K439" s="8" t="s">
-        <v>703</v>
+        <v>715</v>
       </c>
     </row>
     <row r="440" spans="1:11">
       <c r="A440" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B440" t="s">
         <v>127</v>
       </c>
       <c r="C440" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="D440" t="s">
         <v>14</v>
       </c>
       <c r="E440" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F440" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G440" t="s">
         <v>127</v>
       </c>
       <c r="H440" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I440" t="s">
-        <v>725</v>
+        <v>713</v>
       </c>
       <c r="J440" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K440" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="441" spans="1:11">
       <c r="A441" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B441" t="s">
         <v>127</v>
       </c>
       <c r="C441" t="s">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="D441" t="s">
         <v>14</v>
       </c>
       <c r="E441" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F441" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G441" t="s">
         <v>127</v>
       </c>
       <c r="H441" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I441" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J441" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K441" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="442" spans="1:11">
       <c r="A442" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B442" t="s">
         <v>127</v>
       </c>
       <c r="C442" t="s">
-        <v>593</v>
+        <v>658</v>
       </c>
       <c r="D442" t="s">
         <v>14</v>
       </c>
       <c r="E442" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F442" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G442" t="s">
         <v>127</v>
       </c>
       <c r="H442" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I442" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J442" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K442" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="443" spans="1:11">
       <c r="A443" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B443" t="s">
         <v>127</v>
       </c>
       <c r="C443" t="s">
-        <v>135</v>
+        <v>719</v>
       </c>
       <c r="D443" t="s">
         <v>14</v>
       </c>
       <c r="E443" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F443" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G443" t="s">
         <v>127</v>
       </c>
       <c r="H443" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I443" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J443" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K443" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="444" spans="1:11">
       <c r="A444" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B444" t="s">
         <v>127</v>
       </c>
       <c r="C444" t="s">
-        <v>729</v>
+        <v>720</v>
       </c>
       <c r="D444" t="s">
         <v>14</v>
       </c>
       <c r="E444" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F444" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G444" t="s">
         <v>127</v>
       </c>
       <c r="H444" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I444" t="s">
-        <v>725</v>
+        <v>713</v>
       </c>
       <c r="J444" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K444" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="445" spans="1:11">
       <c r="A445" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B445" t="s">
         <v>127</v>
       </c>
       <c r="C445" t="s">
-        <v>730</v>
+        <v>696</v>
       </c>
       <c r="D445" t="s">
         <v>14</v>
       </c>
       <c r="E445" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F445" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G445" t="s">
-        <v>127</v>
+        <v>141</v>
       </c>
       <c r="H445" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="I445" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J445" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K445" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="446" spans="1:11">
       <c r="A446" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B446" t="s">
         <v>127</v>
       </c>
       <c r="C446" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="D446" t="s">
         <v>14</v>
       </c>
       <c r="E446" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F446" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G446" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H446" t="s">
-        <v>724</v>
+        <v>721</v>
       </c>
       <c r="I446" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="J446" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K446" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="447" spans="1:11">
       <c r="A447" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B447" t="s">
         <v>127</v>
       </c>
       <c r="C447" t="s">
-        <v>731</v>
+        <v>724</v>
       </c>
       <c r="D447" t="s">
         <v>14</v>
       </c>
       <c r="E447" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F447" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G447" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H447" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I447" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J447" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K447" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="448" spans="1:11">
       <c r="A448" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B448" t="s">
         <v>127</v>
       </c>
       <c r="C448" t="s">
-        <v>732</v>
+        <v>725</v>
       </c>
       <c r="D448" t="s">
         <v>14</v>
       </c>
       <c r="E448" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F448" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G448" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H448" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I448" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J448" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K448" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="449" spans="1:11">
       <c r="A449" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B449" t="s">
         <v>127</v>
       </c>
       <c r="C449" t="s">
-        <v>733</v>
+        <v>726</v>
       </c>
       <c r="D449" t="s">
         <v>14</v>
       </c>
       <c r="E449" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F449" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G449" t="s">
-        <v>155</v>
+        <v>12</v>
       </c>
       <c r="H449" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I449" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J449" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K449" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="450" spans="1:11">
       <c r="A450" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B450" t="s">
         <v>127</v>
       </c>
       <c r="C450" t="s">
-        <v>734</v>
+        <v>727</v>
       </c>
       <c r="D450" t="s">
         <v>14</v>
       </c>
       <c r="E450" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F450" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G450" t="s">
         <v>12</v>
       </c>
       <c r="H450" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I450" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J450" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K450" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="451" spans="1:11">
       <c r="A451" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B451" t="s">
         <v>127</v>
       </c>
       <c r="C451" t="s">
-        <v>735</v>
+        <v>149</v>
       </c>
       <c r="D451" t="s">
         <v>14</v>
       </c>
       <c r="E451" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F451" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G451" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="H451" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I451" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J451" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K451" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="452" spans="1:11">
       <c r="A452" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B452" t="s">
         <v>127</v>
       </c>
       <c r="C452" t="s">
-        <v>736</v>
+        <v>358</v>
       </c>
       <c r="D452" t="s">
         <v>14</v>
       </c>
       <c r="E452" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F452" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G452" t="s">
         <v>70</v>
       </c>
       <c r="H452" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I452" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J452" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K452" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="453" spans="1:11">
       <c r="A453" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B453" t="s">
         <v>127</v>
       </c>
       <c r="C453" t="s">
-        <v>358</v>
+        <v>728</v>
       </c>
       <c r="D453" t="s">
         <v>14</v>
       </c>
       <c r="E453" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F453" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G453" t="s">
-        <v>70</v>
+        <v>146</v>
       </c>
       <c r="H453" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I453" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J453" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K453" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="454" spans="1:11">
       <c r="A454" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B454" t="s">
         <v>127</v>
       </c>
       <c r="C454" t="s">
-        <v>737</v>
+        <v>729</v>
       </c>
       <c r="D454" t="s">
         <v>14</v>
       </c>
       <c r="E454" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F454" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G454" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H454" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I454" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J454" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K454" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="455" spans="1:11">
       <c r="A455" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B455" t="s">
         <v>127</v>
       </c>
       <c r="C455" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="D455" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E455" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F455" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G455" t="s">
-        <v>142</v>
+        <v>731</v>
       </c>
       <c r="H455" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I455" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J455" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K455" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="456" spans="1:11">
       <c r="A456" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B456" t="s">
         <v>127</v>
       </c>
       <c r="C456" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="D456" t="s">
         <v>27</v>
       </c>
       <c r="E456" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F456" t="s">
         <v>57</v>
       </c>
       <c r="G456" t="s">
-        <v>740</v>
+        <v>731</v>
       </c>
       <c r="H456" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I456" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J456" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K456" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="457" spans="1:11">
       <c r="A457" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B457" t="s">
         <v>127</v>
       </c>
       <c r="C457" t="s">
-        <v>741</v>
+        <v>733</v>
       </c>
       <c r="D457" t="s">
         <v>27</v>
       </c>
       <c r="E457" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F457" t="s">
         <v>57</v>
       </c>
       <c r="G457" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="H457" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I457" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J457" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K457" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="458" spans="1:11">
       <c r="A458" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B458" t="s">
         <v>127</v>
       </c>
       <c r="C458" t="s">
-        <v>742</v>
+        <v>735</v>
       </c>
       <c r="D458" t="s">
         <v>27</v>
       </c>
       <c r="E458" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F458" t="s">
         <v>57</v>
       </c>
       <c r="G458" t="s">
-        <v>743</v>
+        <v>734</v>
       </c>
       <c r="H458" t="s">
-        <v>744</v>
+        <v>712</v>
       </c>
       <c r="I458" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J458" t="s">
-        <v>745</v>
+        <v>714</v>
       </c>
       <c r="K458" s="8" t="s">
-        <v>746</v>
+        <v>715</v>
       </c>
     </row>
     <row r="459" spans="1:11">
       <c r="A459" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B459" t="s">
         <v>127</v>
       </c>
       <c r="C459" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="D459" t="s">
         <v>27</v>
       </c>
       <c r="E459" t="s">
         <v>15</v>
       </c>
       <c r="F459" t="s">
         <v>57</v>
       </c>
       <c r="G459" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="H459" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I459" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J459" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K459" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="460" spans="1:11">
       <c r="A460" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B460" t="s">
         <v>127</v>
       </c>
       <c r="C460" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="D460" t="s">
         <v>27</v>
       </c>
       <c r="E460" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F460" t="s">
         <v>57</v>
       </c>
       <c r="G460" t="s">
-        <v>750</v>
+        <v>737</v>
       </c>
       <c r="H460" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I460" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J460" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K460" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="461" spans="1:11">
       <c r="A461" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B461" t="s">
         <v>127</v>
       </c>
       <c r="C461" t="s">
-        <v>627</v>
+        <v>739</v>
       </c>
       <c r="D461" t="s">
         <v>27</v>
       </c>
       <c r="E461" t="s">
         <v>23</v>
       </c>
       <c r="F461" t="s">
         <v>57</v>
       </c>
       <c r="G461" t="s">
-        <v>750</v>
+        <v>153</v>
       </c>
       <c r="H461" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I461" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J461" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K461" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="462" spans="1:11">
       <c r="A462" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B462" t="s">
         <v>127</v>
       </c>
       <c r="C462" t="s">
-        <v>751</v>
+        <v>740</v>
       </c>
       <c r="D462" t="s">
         <v>27</v>
       </c>
       <c r="E462" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F462" t="s">
         <v>57</v>
       </c>
       <c r="G462" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="H462" t="s">
-        <v>744</v>
+        <v>712</v>
       </c>
       <c r="I462" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J462" t="s">
-        <v>745</v>
+        <v>714</v>
       </c>
       <c r="K462" s="8" t="s">
-        <v>746</v>
+        <v>715</v>
       </c>
     </row>
     <row r="463" spans="1:11">
       <c r="A463" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B463" t="s">
         <v>127</v>
       </c>
       <c r="C463" t="s">
-        <v>752</v>
+        <v>154</v>
       </c>
       <c r="D463" t="s">
         <v>27</v>
       </c>
       <c r="E463" t="s">
         <v>15</v>
       </c>
       <c r="F463" t="s">
         <v>57</v>
       </c>
       <c r="G463" t="s">
-        <v>753</v>
+        <v>741</v>
       </c>
       <c r="H463" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I463" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J463" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K463" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="464" spans="1:11">
       <c r="A464" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B464" t="s">
         <v>127</v>
       </c>
       <c r="C464" t="s">
-        <v>754</v>
+        <v>742</v>
       </c>
       <c r="D464" t="s">
         <v>27</v>
       </c>
       <c r="E464" t="s">
         <v>23</v>
       </c>
       <c r="F464" t="s">
         <v>57</v>
       </c>
       <c r="G464" t="s">
-        <v>753</v>
+        <v>741</v>
       </c>
       <c r="H464" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I464" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J464" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K464" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="465" spans="1:11">
       <c r="A465" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B465" t="s">
         <v>127</v>
       </c>
       <c r="C465" t="s">
-        <v>755</v>
+        <v>743</v>
       </c>
       <c r="D465" t="s">
         <v>27</v>
       </c>
       <c r="E465" t="s">
         <v>15</v>
       </c>
       <c r="F465" t="s">
         <v>57</v>
       </c>
       <c r="G465" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="H465" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I465" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J465" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K465" s="8" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
     </row>
     <row r="466" spans="1:11">
       <c r="A466" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B466" t="s">
         <v>127</v>
       </c>
       <c r="C466" t="s">
-        <v>756</v>
+        <v>745</v>
       </c>
       <c r="D466" t="s">
         <v>27</v>
       </c>
       <c r="E466" t="s">
         <v>23</v>
       </c>
       <c r="F466" t="s">
-        <v>57</v>
+        <v>172</v>
       </c>
       <c r="G466" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="H466" t="s">
-        <v>724</v>
+        <v>712</v>
       </c>
       <c r="I466" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J466" t="s">
-        <v>726</v>
+        <v>714</v>
       </c>
       <c r="K466" s="8" t="s">
-        <v>727</v>
+        <v>277</v>
       </c>
     </row>
     <row r="467" spans="1:11">
       <c r="A467" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B467" t="s">
         <v>127</v>
       </c>
       <c r="C467" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
       <c r="D467" t="s">
         <v>27</v>
       </c>
       <c r="E467" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F467" t="s">
-        <v>57</v>
+        <v>172</v>
       </c>
       <c r="G467" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="H467" t="s">
-        <v>744</v>
+        <v>712</v>
       </c>
       <c r="I467" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J467" t="s">
-        <v>758</v>
+        <v>714</v>
       </c>
       <c r="K467" s="8" t="s">
-        <v>746</v>
+        <v>715</v>
       </c>
     </row>
     <row r="468" spans="1:11">
       <c r="A468" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B468" t="s">
         <v>127</v>
       </c>
       <c r="C468" t="s">
-        <v>759</v>
+        <v>747</v>
       </c>
       <c r="D468" t="s">
         <v>27</v>
       </c>
       <c r="E468" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F468" t="s">
-        <v>57</v>
+        <v>172</v>
       </c>
       <c r="G468" t="s">
-        <v>760</v>
+        <v>744</v>
       </c>
       <c r="H468" t="s">
-        <v>761</v>
+        <v>712</v>
       </c>
       <c r="I468" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J468" t="s">
-        <v>762</v>
+        <v>714</v>
       </c>
       <c r="K468" s="8" t="s">
-        <v>763</v>
+        <v>715</v>
       </c>
     </row>
     <row r="469" spans="1:11">
       <c r="A469" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B469" t="s">
         <v>127</v>
       </c>
       <c r="C469" t="s">
-        <v>764</v>
+        <v>748</v>
       </c>
       <c r="D469" t="s">
         <v>27</v>
       </c>
       <c r="E469" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F469" t="s">
         <v>57</v>
       </c>
       <c r="G469" t="s">
-        <v>760</v>
+        <v>749</v>
       </c>
       <c r="H469" t="s">
-        <v>761</v>
+        <v>712</v>
       </c>
       <c r="I469" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J469" t="s">
-        <v>762</v>
+        <v>714</v>
       </c>
       <c r="K469" s="8" t="s">
-        <v>763</v>
+        <v>715</v>
       </c>
     </row>
     <row r="470" spans="1:11">
       <c r="A470" s="3" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="B470" t="s">
         <v>127</v>
       </c>
       <c r="C470" t="s">
-        <v>765</v>
+        <v>624</v>
       </c>
       <c r="D470" t="s">
         <v>27</v>
       </c>
       <c r="E470" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F470" t="s">
         <v>57</v>
       </c>
       <c r="G470" t="s">
-        <v>177</v>
+        <v>153</v>
       </c>
       <c r="H470" t="s">
-        <v>744</v>
+        <v>712</v>
       </c>
       <c r="I470" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="J470" t="s">
-        <v>766</v>
+        <v>714</v>
       </c>
       <c r="K470" s="8" t="s">
-        <v>746</v>
+        <v>715</v>
       </c>
     </row>
     <row r="471" spans="1:11">
       <c r="A471" s="3" t="s">
-        <v>722</v>
+        <v>750</v>
       </c>
       <c r="B471" t="s">
-        <v>127</v>
+        <v>751</v>
       </c>
       <c r="C471" t="s">
-        <v>767</v>
+        <v>752</v>
       </c>
       <c r="D471" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E471" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F471" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G471" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="H471" t="s">
-        <v>768</v>
+        <v>754</v>
       </c>
       <c r="I471" t="s">
-        <v>725</v>
+        <v>755</v>
       </c>
       <c r="J471" t="s">
-        <v>769</v>
+        <v>756</v>
       </c>
       <c r="K471" s="8" t="s">
-        <v>770</v>
+        <v>757</v>
       </c>
     </row>
     <row r="472" spans="1:11">
       <c r="A472" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B472" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C472" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="D472" t="s">
         <v>14</v>
       </c>
       <c r="E472" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F472" t="s">
         <v>72</v>
       </c>
       <c r="G472" t="s">
-        <v>774</v>
+        <v>753</v>
       </c>
       <c r="H472" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I472" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J472" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K472" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="473" spans="1:11">
       <c r="A473" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B473" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C473" t="s">
-        <v>779</v>
+        <v>759</v>
       </c>
       <c r="D473" t="s">
         <v>14</v>
       </c>
       <c r="E473" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F473" t="s">
-        <v>72</v>
+        <v>218</v>
       </c>
       <c r="G473" t="s">
-        <v>774</v>
+        <v>141</v>
       </c>
       <c r="H473" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I473" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J473" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K473" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="474" spans="1:11">
       <c r="A474" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B474" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C474" t="s">
-        <v>780</v>
+        <v>760</v>
       </c>
       <c r="D474" t="s">
         <v>14</v>
       </c>
       <c r="E474" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F474" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G474" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H474" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I474" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J474" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K474" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="475" spans="1:11">
       <c r="A475" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B475" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C475" t="s">
-        <v>781</v>
+        <v>761</v>
       </c>
       <c r="D475" t="s">
         <v>14</v>
       </c>
       <c r="E475" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F475" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G475" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
       <c r="H475" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I475" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J475" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K475" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="476" spans="1:11">
       <c r="A476" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B476" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C476" t="s">
-        <v>782</v>
+        <v>762</v>
       </c>
       <c r="D476" t="s">
         <v>14</v>
       </c>
       <c r="E476" t="s">
         <v>15</v>
       </c>
       <c r="F476" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G476" t="s">
-        <v>155</v>
+        <v>127</v>
       </c>
       <c r="H476" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I476" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J476" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K476" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="477" spans="1:11">
       <c r="A477" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B477" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C477" t="s">
-        <v>783</v>
+        <v>763</v>
       </c>
       <c r="D477" t="s">
         <v>14</v>
       </c>
       <c r="E477" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F477" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G477" t="s">
         <v>127</v>
       </c>
       <c r="H477" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I477" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J477" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K477" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="478" spans="1:11">
       <c r="A478" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B478" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C478" t="s">
-        <v>784</v>
+        <v>764</v>
       </c>
       <c r="D478" t="s">
         <v>14</v>
       </c>
       <c r="E478" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F478" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G478" t="s">
-        <v>127</v>
+        <v>236</v>
       </c>
       <c r="H478" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I478" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J478" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K478" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="479" spans="1:11">
       <c r="A479" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B479" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C479" t="s">
-        <v>785</v>
+        <v>765</v>
       </c>
       <c r="D479" t="s">
         <v>14</v>
       </c>
       <c r="E479" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F479" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G479" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H479" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I479" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J479" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K479" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="480" spans="1:11">
       <c r="A480" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B480" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C480" t="s">
-        <v>786</v>
+        <v>766</v>
       </c>
       <c r="D480" t="s">
         <v>14</v>
       </c>
       <c r="E480" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F480" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G480" t="s">
-        <v>234</v>
+        <v>146</v>
       </c>
       <c r="H480" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I480" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J480" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K480" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="481" spans="1:11">
       <c r="A481" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B481" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C481" t="s">
-        <v>787</v>
+        <v>486</v>
       </c>
       <c r="D481" t="s">
         <v>14</v>
       </c>
       <c r="E481" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F481" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G481" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="H481" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I481" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J481" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K481" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="482" spans="1:11">
       <c r="A482" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B482" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C482" t="s">
-        <v>484</v>
+        <v>82</v>
       </c>
       <c r="D482" t="s">
         <v>14</v>
       </c>
       <c r="E482" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F482" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G482" t="s">
-        <v>142</v>
+        <v>767</v>
       </c>
       <c r="H482" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I482" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J482" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K482" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="483" spans="1:11">
       <c r="A483" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B483" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C483" t="s">
-        <v>82</v>
+        <v>768</v>
       </c>
       <c r="D483" t="s">
         <v>14</v>
       </c>
       <c r="E483" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F483" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G483" t="s">
-        <v>788</v>
+        <v>767</v>
       </c>
       <c r="H483" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I483" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J483" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K483" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="484" spans="1:11">
       <c r="A484" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B484" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C484" t="s">
-        <v>789</v>
+        <v>769</v>
       </c>
       <c r="D484" t="s">
         <v>14</v>
       </c>
       <c r="E484" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F484" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="G484" t="s">
-        <v>788</v>
+        <v>447</v>
       </c>
       <c r="H484" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I484" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J484" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K484" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="485" spans="1:11">
       <c r="A485" s="3" t="s">
+        <v>750</v>
+      </c>
+      <c r="B485" t="s">
+        <v>751</v>
+      </c>
+      <c r="C485" t="s">
+        <v>770</v>
+      </c>
+      <c r="D485" t="s">
+        <v>14</v>
+      </c>
+      <c r="E485" t="s">
+        <v>15</v>
+      </c>
+      <c r="F485" t="s">
+        <v>72</v>
+      </c>
+      <c r="G485" t="s">
         <v>771</v>
       </c>
-      <c r="B485" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H485" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I485" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J485" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K485" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="486" spans="1:11">
       <c r="A486" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B486" t="s">
+        <v>751</v>
+      </c>
+      <c r="C486" t="s">
         <v>772</v>
       </c>
-      <c r="C486" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D486" t="s">
         <v>14</v>
       </c>
       <c r="E486" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F486" t="s">
         <v>72</v>
       </c>
       <c r="G486" t="s">
-        <v>792</v>
+        <v>771</v>
       </c>
       <c r="H486" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I486" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J486" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K486" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="487" spans="1:11">
       <c r="A487" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B487" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C487" t="s">
-        <v>793</v>
+        <v>773</v>
       </c>
       <c r="D487" t="s">
         <v>14</v>
       </c>
       <c r="E487" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F487" t="s">
         <v>72</v>
       </c>
       <c r="G487" t="s">
-        <v>792</v>
+        <v>774</v>
       </c>
       <c r="H487" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I487" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J487" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K487" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="488" spans="1:11">
       <c r="A488" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B488" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C488" t="s">
-        <v>794</v>
+        <v>775</v>
       </c>
       <c r="D488" t="s">
         <v>14</v>
       </c>
       <c r="E488" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F488" t="s">
-        <v>72</v>
+        <v>218</v>
       </c>
       <c r="G488" t="s">
-        <v>795</v>
+        <v>774</v>
       </c>
       <c r="H488" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I488" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J488" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K488" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="489" spans="1:11">
       <c r="A489" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B489" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C489" t="s">
-        <v>796</v>
+        <v>776</v>
       </c>
       <c r="D489" t="s">
         <v>14</v>
       </c>
       <c r="E489" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F489" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G489" t="s">
-        <v>795</v>
+        <v>777</v>
       </c>
       <c r="H489" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I489" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J489" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K489" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="490" spans="1:11">
       <c r="A490" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B490" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C490" t="s">
-        <v>797</v>
+        <v>778</v>
       </c>
       <c r="D490" t="s">
         <v>14</v>
       </c>
       <c r="E490" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F490" t="s">
         <v>72</v>
       </c>
       <c r="G490" t="s">
-        <v>798</v>
+        <v>777</v>
       </c>
       <c r="H490" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I490" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J490" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K490" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="491" spans="1:11">
       <c r="A491" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B491" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C491" t="s">
-        <v>799</v>
+        <v>397</v>
       </c>
       <c r="D491" t="s">
         <v>14</v>
       </c>
       <c r="E491" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F491" t="s">
         <v>72</v>
       </c>
       <c r="G491" t="s">
-        <v>798</v>
+        <v>779</v>
       </c>
       <c r="H491" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I491" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J491" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K491" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="492" spans="1:11">
       <c r="A492" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B492" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C492" t="s">
-        <v>395</v>
+        <v>780</v>
       </c>
       <c r="D492" t="s">
         <v>14</v>
       </c>
       <c r="E492" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F492" t="s">
         <v>72</v>
       </c>
       <c r="G492" t="s">
-        <v>800</v>
+        <v>779</v>
       </c>
       <c r="H492" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I492" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J492" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K492" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="493" spans="1:11">
       <c r="A493" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B493" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C493" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="D493" t="s">
         <v>14</v>
       </c>
       <c r="E493" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F493" t="s">
         <v>72</v>
       </c>
       <c r="G493" t="s">
-        <v>800</v>
+        <v>782</v>
       </c>
       <c r="H493" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I493" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J493" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K493" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="494" spans="1:11">
       <c r="A494" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B494" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C494" t="s">
-        <v>802</v>
+        <v>783</v>
       </c>
       <c r="D494" t="s">
         <v>14</v>
       </c>
       <c r="E494" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F494" t="s">
         <v>72</v>
       </c>
       <c r="G494" t="s">
-        <v>803</v>
+        <v>782</v>
       </c>
       <c r="H494" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I494" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J494" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K494" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="495" spans="1:11">
       <c r="A495" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B495" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C495" t="s">
-        <v>804</v>
+        <v>784</v>
       </c>
       <c r="D495" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E495" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F495" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G495" t="s">
-        <v>803</v>
+        <v>785</v>
       </c>
       <c r="H495" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I495" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J495" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K495" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="496" spans="1:11">
       <c r="A496" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B496" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C496" t="s">
-        <v>805</v>
+        <v>786</v>
       </c>
       <c r="D496" t="s">
         <v>27</v>
       </c>
       <c r="E496" t="s">
         <v>15</v>
       </c>
       <c r="F496" t="s">
         <v>57</v>
       </c>
       <c r="G496" t="s">
-        <v>806</v>
+        <v>787</v>
       </c>
       <c r="H496" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I496" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J496" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K496" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="497" spans="1:11">
       <c r="A497" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B497" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C497" t="s">
-        <v>807</v>
+        <v>788</v>
       </c>
       <c r="D497" t="s">
         <v>27</v>
       </c>
       <c r="E497" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F497" t="s">
         <v>57</v>
       </c>
       <c r="G497" t="s">
-        <v>808</v>
+        <v>789</v>
       </c>
       <c r="H497" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I497" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J497" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K497" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="498" spans="1:11">
       <c r="A498" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B498" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C498" t="s">
-        <v>809</v>
+        <v>790</v>
       </c>
       <c r="D498" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E498" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F498" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G498" t="s">
-        <v>810</v>
+        <v>791</v>
       </c>
       <c r="H498" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I498" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J498" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K498" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="499" spans="1:11">
       <c r="A499" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B499" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C499" t="s">
-        <v>811</v>
+        <v>792</v>
       </c>
       <c r="D499" t="s">
         <v>14</v>
       </c>
       <c r="E499" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F499" t="s">
         <v>72</v>
       </c>
       <c r="G499" t="s">
-        <v>812</v>
+        <v>791</v>
       </c>
       <c r="H499" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I499" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J499" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K499" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="500" spans="1:11">
       <c r="A500" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B500" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C500" t="s">
-        <v>813</v>
+        <v>793</v>
       </c>
       <c r="D500" t="s">
         <v>14</v>
       </c>
       <c r="E500" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F500" t="s">
         <v>72</v>
       </c>
       <c r="G500" t="s">
-        <v>812</v>
+        <v>794</v>
       </c>
       <c r="H500" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I500" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J500" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K500" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="501" spans="1:11">
       <c r="A501" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B501" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C501" t="s">
-        <v>814</v>
+        <v>795</v>
       </c>
       <c r="D501" t="s">
         <v>14</v>
       </c>
       <c r="E501" t="s">
         <v>15</v>
       </c>
       <c r="F501" t="s">
         <v>72</v>
       </c>
       <c r="G501" t="s">
-        <v>815</v>
+        <v>796</v>
       </c>
       <c r="H501" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I501" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J501" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K501" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="502" spans="1:11">
       <c r="A502" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B502" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C502" t="s">
-        <v>816</v>
+        <v>797</v>
       </c>
       <c r="D502" t="s">
         <v>14</v>
       </c>
       <c r="E502" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F502" t="s">
         <v>72</v>
       </c>
       <c r="G502" t="s">
-        <v>817</v>
+        <v>796</v>
       </c>
       <c r="H502" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I502" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J502" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K502" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="503" spans="1:11">
       <c r="A503" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B503" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C503" t="s">
-        <v>818</v>
+        <v>798</v>
       </c>
       <c r="D503" t="s">
         <v>14</v>
       </c>
       <c r="E503" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F503" t="s">
         <v>72</v>
       </c>
       <c r="G503" t="s">
-        <v>817</v>
+        <v>799</v>
       </c>
       <c r="H503" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I503" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J503" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K503" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="504" spans="1:11">
       <c r="A504" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B504" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C504" t="s">
-        <v>819</v>
+        <v>800</v>
       </c>
       <c r="D504" t="s">
         <v>14</v>
       </c>
       <c r="E504" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F504" t="s">
         <v>72</v>
       </c>
       <c r="G504" t="s">
-        <v>820</v>
+        <v>801</v>
       </c>
       <c r="H504" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I504" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J504" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K504" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="505" spans="1:11">
       <c r="A505" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B505" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C505" t="s">
-        <v>821</v>
+        <v>802</v>
       </c>
       <c r="D505" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E505" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F505" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G505" t="s">
-        <v>822</v>
+        <v>803</v>
       </c>
       <c r="H505" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I505" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J505" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K505" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="506" spans="1:11">
       <c r="A506" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B506" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C506" t="s">
-        <v>823</v>
+        <v>804</v>
       </c>
       <c r="D506" t="s">
         <v>27</v>
       </c>
       <c r="E506" t="s">
         <v>15</v>
       </c>
       <c r="F506" t="s">
         <v>57</v>
       </c>
       <c r="G506" t="s">
-        <v>824</v>
+        <v>805</v>
       </c>
       <c r="H506" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I506" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J506" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K506" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="507" spans="1:11">
       <c r="A507" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B507" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C507" t="s">
-        <v>825</v>
+        <v>806</v>
       </c>
       <c r="D507" t="s">
         <v>27</v>
       </c>
       <c r="E507" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F507" t="s">
         <v>57</v>
       </c>
       <c r="G507" t="s">
-        <v>826</v>
+        <v>805</v>
       </c>
       <c r="H507" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I507" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J507" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K507" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="508" spans="1:11">
       <c r="A508" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B508" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C508" t="s">
-        <v>827</v>
+        <v>807</v>
       </c>
       <c r="D508" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E508" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F508" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G508" t="s">
-        <v>826</v>
+        <v>808</v>
       </c>
       <c r="H508" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I508" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J508" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K508" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="509" spans="1:11">
       <c r="A509" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B509" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C509" t="s">
-        <v>828</v>
+        <v>809</v>
       </c>
       <c r="D509" t="s">
         <v>14</v>
       </c>
       <c r="E509" t="s">
         <v>15</v>
       </c>
       <c r="F509" t="s">
         <v>72</v>
       </c>
       <c r="G509" t="s">
-        <v>829</v>
+        <v>810</v>
       </c>
       <c r="H509" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I509" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J509" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K509" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="510" spans="1:11">
       <c r="A510" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B510" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C510" t="s">
-        <v>830</v>
+        <v>811</v>
       </c>
       <c r="D510" t="s">
         <v>14</v>
       </c>
       <c r="E510" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F510" t="s">
         <v>72</v>
       </c>
       <c r="G510" t="s">
-        <v>831</v>
+        <v>810</v>
       </c>
       <c r="H510" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I510" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J510" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K510" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="511" spans="1:11">
       <c r="A511" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B511" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C511" t="s">
-        <v>832</v>
+        <v>492</v>
       </c>
       <c r="D511" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E511" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F511" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G511" t="s">
-        <v>831</v>
+        <v>812</v>
       </c>
       <c r="H511" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I511" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J511" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K511" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="512" spans="1:11">
       <c r="A512" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B512" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C512" t="s">
-        <v>490</v>
+        <v>813</v>
       </c>
       <c r="D512" t="s">
         <v>27</v>
       </c>
       <c r="E512" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F512" t="s">
         <v>57</v>
       </c>
       <c r="G512" t="s">
-        <v>833</v>
+        <v>814</v>
       </c>
       <c r="H512" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I512" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J512" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K512" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="513" spans="1:11">
       <c r="A513" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B513" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C513" t="s">
-        <v>834</v>
+        <v>815</v>
       </c>
       <c r="D513" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E513" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F513" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G513" t="s">
-        <v>835</v>
+        <v>816</v>
       </c>
       <c r="H513" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I513" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J513" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K513" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="514" spans="1:11">
       <c r="A514" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B514" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C514" t="s">
-        <v>836</v>
+        <v>817</v>
       </c>
       <c r="D514" t="s">
         <v>14</v>
       </c>
       <c r="E514" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F514" t="s">
         <v>72</v>
       </c>
       <c r="G514" t="s">
-        <v>837</v>
+        <v>498</v>
       </c>
       <c r="H514" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I514" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J514" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K514" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="515" spans="1:11">
       <c r="A515" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B515" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C515" t="s">
-        <v>838</v>
+        <v>818</v>
       </c>
       <c r="D515" t="s">
         <v>14</v>
       </c>
       <c r="E515" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F515" t="s">
         <v>72</v>
       </c>
       <c r="G515" t="s">
-        <v>496</v>
+        <v>819</v>
       </c>
       <c r="H515" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I515" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J515" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K515" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="516" spans="1:11">
       <c r="A516" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B516" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C516" t="s">
-        <v>839</v>
+        <v>820</v>
       </c>
       <c r="D516" t="s">
         <v>14</v>
       </c>
       <c r="E516" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F516" t="s">
         <v>72</v>
       </c>
       <c r="G516" t="s">
-        <v>840</v>
+        <v>498</v>
       </c>
       <c r="H516" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I516" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J516" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K516" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="517" spans="1:11">
       <c r="A517" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B517" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C517" t="s">
-        <v>841</v>
+        <v>821</v>
       </c>
       <c r="D517" t="s">
         <v>14</v>
       </c>
       <c r="E517" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F517" t="s">
         <v>72</v>
       </c>
       <c r="G517" t="s">
-        <v>496</v>
+        <v>822</v>
       </c>
       <c r="H517" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I517" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J517" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K517" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="518" spans="1:11">
       <c r="A518" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B518" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C518" t="s">
-        <v>842</v>
+        <v>823</v>
       </c>
       <c r="D518" t="s">
         <v>14</v>
       </c>
       <c r="E518" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F518" t="s">
         <v>72</v>
       </c>
       <c r="G518" t="s">
-        <v>843</v>
+        <v>822</v>
       </c>
       <c r="H518" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I518" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J518" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K518" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="519" spans="1:11">
       <c r="A519" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B519" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C519" t="s">
-        <v>844</v>
+        <v>399</v>
       </c>
       <c r="D519" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E519" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F519" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G519" t="s">
-        <v>843</v>
+        <v>824</v>
       </c>
       <c r="H519" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I519" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J519" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K519" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="520" spans="1:11">
       <c r="A520" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B520" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C520" t="s">
-        <v>397</v>
+        <v>825</v>
       </c>
       <c r="D520" t="s">
         <v>27</v>
       </c>
       <c r="E520" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F520" t="s">
         <v>57</v>
       </c>
       <c r="G520" t="s">
-        <v>845</v>
+        <v>824</v>
       </c>
       <c r="H520" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I520" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J520" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K520" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="521" spans="1:11">
       <c r="A521" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B521" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C521" t="s">
-        <v>846</v>
+        <v>826</v>
       </c>
       <c r="D521" t="s">
         <v>27</v>
       </c>
       <c r="E521" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F521" t="s">
         <v>57</v>
       </c>
       <c r="G521" t="s">
-        <v>845</v>
+        <v>827</v>
       </c>
       <c r="H521" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I521" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J521" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K521" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="522" spans="1:11">
       <c r="A522" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B522" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C522" t="s">
-        <v>847</v>
+        <v>828</v>
       </c>
       <c r="D522" t="s">
         <v>27</v>
       </c>
       <c r="E522" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F522" t="s">
         <v>57</v>
       </c>
       <c r="G522" t="s">
-        <v>848</v>
+        <v>827</v>
       </c>
       <c r="H522" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I522" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J522" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K522" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="523" spans="1:11">
       <c r="A523" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B523" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C523" t="s">
-        <v>849</v>
+        <v>829</v>
       </c>
       <c r="D523" t="s">
         <v>27</v>
       </c>
       <c r="E523" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F523" t="s">
         <v>57</v>
       </c>
       <c r="G523" t="s">
-        <v>848</v>
+        <v>830</v>
       </c>
       <c r="H523" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I523" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J523" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K523" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="524" spans="1:11">
       <c r="A524" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B524" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C524" t="s">
-        <v>850</v>
+        <v>831</v>
       </c>
       <c r="D524" t="s">
         <v>27</v>
       </c>
       <c r="E524" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F524" t="s">
         <v>57</v>
       </c>
       <c r="G524" t="s">
-        <v>851</v>
+        <v>830</v>
       </c>
       <c r="H524" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I524" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J524" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K524" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="525" spans="1:11">
       <c r="A525" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B525" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C525" t="s">
-        <v>852</v>
+        <v>832</v>
       </c>
       <c r="D525" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E525" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F525" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G525" t="s">
-        <v>851</v>
+        <v>833</v>
       </c>
       <c r="H525" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I525" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J525" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K525" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="526" spans="1:11">
       <c r="A526" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B526" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C526" t="s">
-        <v>853</v>
+        <v>834</v>
       </c>
       <c r="D526" t="s">
         <v>14</v>
       </c>
       <c r="E526" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F526" t="s">
         <v>72</v>
       </c>
       <c r="G526" t="s">
-        <v>854</v>
+        <v>833</v>
       </c>
       <c r="H526" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I526" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J526" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K526" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="527" spans="1:11">
       <c r="A527" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B527" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C527" t="s">
-        <v>855</v>
+        <v>835</v>
       </c>
       <c r="D527" t="s">
         <v>14</v>
       </c>
       <c r="E527" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F527" t="s">
         <v>72</v>
       </c>
       <c r="G527" t="s">
-        <v>854</v>
+        <v>836</v>
       </c>
       <c r="H527" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I527" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J527" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K527" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="528" spans="1:11">
       <c r="A528" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B528" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C528" t="s">
-        <v>856</v>
+        <v>837</v>
       </c>
       <c r="D528" t="s">
         <v>14</v>
       </c>
       <c r="E528" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F528" t="s">
         <v>72</v>
       </c>
       <c r="G528" t="s">
-        <v>857</v>
+        <v>836</v>
       </c>
       <c r="H528" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I528" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J528" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K528" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="529" spans="1:11">
       <c r="A529" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B529" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C529" t="s">
-        <v>858</v>
+        <v>838</v>
       </c>
       <c r="D529" t="s">
         <v>14</v>
       </c>
       <c r="E529" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F529" t="s">
         <v>72</v>
       </c>
       <c r="G529" t="s">
-        <v>857</v>
+        <v>839</v>
       </c>
       <c r="H529" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I529" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J529" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K529" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="530" spans="1:11">
       <c r="A530" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B530" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C530" t="s">
-        <v>859</v>
+        <v>840</v>
       </c>
       <c r="D530" t="s">
         <v>14</v>
       </c>
       <c r="E530" t="s">
         <v>15</v>
       </c>
       <c r="F530" t="s">
         <v>72</v>
       </c>
       <c r="G530" t="s">
-        <v>860</v>
+        <v>841</v>
       </c>
       <c r="H530" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I530" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J530" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K530" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="531" spans="1:11">
       <c r="A531" s="3" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="B531" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C531" t="s">
-        <v>861</v>
+        <v>842</v>
       </c>
       <c r="D531" t="s">
         <v>14</v>
       </c>
       <c r="E531" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F531" t="s">
         <v>72</v>
       </c>
       <c r="G531" t="s">
-        <v>862</v>
+        <v>841</v>
       </c>
       <c r="H531" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="I531" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
       <c r="J531" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="K531" s="8" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="532" spans="1:11">
       <c r="A532" s="3" t="s">
-        <v>771</v>
+        <v>843</v>
       </c>
       <c r="B532" t="s">
-        <v>772</v>
+        <v>216</v>
       </c>
       <c r="C532" t="s">
-        <v>863</v>
+        <v>844</v>
       </c>
       <c r="D532" t="s">
         <v>14</v>
       </c>
       <c r="E532" t="s">
         <v>23</v>
       </c>
       <c r="F532" t="s">
         <v>72</v>
       </c>
       <c r="G532" t="s">
-        <v>862</v>
+        <v>12</v>
       </c>
       <c r="H532" t="s">
-        <v>775</v>
+        <v>845</v>
       </c>
       <c r="I532" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J532" t="s">
-        <v>777</v>
+        <v>847</v>
       </c>
       <c r="K532" s="8" t="s">
-        <v>778</v>
+        <v>848</v>
       </c>
     </row>
     <row r="533" spans="1:11">
       <c r="A533" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B533" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C533" t="s">
-        <v>865</v>
+        <v>849</v>
       </c>
       <c r="D533" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E533" t="s">
         <v>15</v>
       </c>
       <c r="F533" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G533" t="s">
-        <v>866</v>
+        <v>850</v>
       </c>
       <c r="H533" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I533" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J533" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K533" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="534" spans="1:11">
       <c r="A534" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B534" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C534" t="s">
-        <v>870</v>
+        <v>503</v>
       </c>
       <c r="D534" t="s">
         <v>14</v>
       </c>
       <c r="E534" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F534" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G534" t="s">
-        <v>866</v>
+        <v>676</v>
       </c>
       <c r="H534" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I534" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J534" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K534" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="535" spans="1:11">
       <c r="A535" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B535" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C535" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
       <c r="D535" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E535" t="s">
         <v>15</v>
       </c>
       <c r="F535" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G535" t="s">
-        <v>12</v>
+        <v>852</v>
       </c>
       <c r="H535" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I535" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J535" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K535" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="536" spans="1:11">
       <c r="A536" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B536" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C536" t="s">
-        <v>872</v>
+        <v>853</v>
       </c>
       <c r="D536" t="s">
         <v>14</v>
       </c>
       <c r="E536" t="s">
         <v>23</v>
       </c>
       <c r="F536" t="s">
-        <v>129</v>
+        <v>72</v>
       </c>
       <c r="G536" t="s">
-        <v>12</v>
+        <v>854</v>
       </c>
       <c r="H536" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I536" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J536" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K536" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="537" spans="1:11">
       <c r="A537" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B537" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C537" t="s">
-        <v>819</v>
+        <v>203</v>
       </c>
       <c r="D537" t="s">
         <v>14</v>
       </c>
       <c r="E537" t="s">
         <v>15</v>
       </c>
       <c r="F537" t="s">
         <v>72</v>
       </c>
       <c r="G537" t="s">
-        <v>822</v>
+        <v>854</v>
       </c>
       <c r="H537" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I537" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J537" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K537" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="538" spans="1:11">
       <c r="A538" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B538" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C538" t="s">
-        <v>873</v>
+        <v>855</v>
       </c>
       <c r="D538" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E538" t="s">
         <v>23</v>
       </c>
       <c r="F538" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G538" t="s">
-        <v>822</v>
+        <v>856</v>
       </c>
       <c r="H538" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I538" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J538" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K538" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="539" spans="1:11">
       <c r="A539" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B539" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C539" t="s">
-        <v>874</v>
+        <v>495</v>
       </c>
       <c r="D539" t="s">
         <v>14</v>
       </c>
       <c r="E539" t="s">
         <v>15</v>
       </c>
       <c r="F539" t="s">
         <v>72</v>
       </c>
       <c r="G539" t="s">
-        <v>496</v>
+        <v>857</v>
       </c>
       <c r="H539" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I539" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J539" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K539" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="540" spans="1:11">
       <c r="A540" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B540" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C540" t="s">
-        <v>497</v>
+        <v>858</v>
       </c>
       <c r="D540" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E540" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F540" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G540" t="s">
-        <v>496</v>
+        <v>859</v>
       </c>
       <c r="H540" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I540" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J540" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K540" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="541" spans="1:11">
       <c r="A541" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B541" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C541" t="s">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="D541" t="s">
         <v>14</v>
       </c>
       <c r="E541" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F541" t="s">
         <v>72</v>
       </c>
       <c r="G541" t="s">
-        <v>876</v>
+        <v>861</v>
       </c>
       <c r="H541" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I541" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J541" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K541" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="542" spans="1:11">
       <c r="A542" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B542" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C542" t="s">
-        <v>877</v>
+        <v>491</v>
       </c>
       <c r="D542" t="s">
         <v>14</v>
       </c>
       <c r="E542" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F542" t="s">
         <v>72</v>
       </c>
       <c r="G542" t="s">
-        <v>876</v>
+        <v>398</v>
       </c>
       <c r="H542" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I542" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J542" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K542" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="543" spans="1:11">
       <c r="A543" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B543" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C543" t="s">
-        <v>878</v>
+        <v>862</v>
       </c>
       <c r="D543" t="s">
         <v>14</v>
       </c>
       <c r="E543" t="s">
         <v>15</v>
       </c>
       <c r="F543" t="s">
         <v>72</v>
       </c>
       <c r="G543" t="s">
-        <v>879</v>
+        <v>863</v>
       </c>
       <c r="H543" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I543" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J543" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K543" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="544" spans="1:11">
       <c r="A544" s="3" t="s">
+        <v>843</v>
+      </c>
+      <c r="B544" t="s">
+        <v>216</v>
+      </c>
+      <c r="C544" t="s">
         <v>864</v>
       </c>
-      <c r="B544" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D544" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E544" t="s">
         <v>23</v>
       </c>
       <c r="F544" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G544" t="s">
-        <v>879</v>
+        <v>865</v>
       </c>
       <c r="H544" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I544" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J544" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K544" s="8" t="s">
-        <v>869</v>
+        <v>866</v>
       </c>
     </row>
     <row r="545" spans="1:11">
       <c r="A545" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B545" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C545" t="s">
-        <v>881</v>
+        <v>867</v>
       </c>
       <c r="D545" t="s">
         <v>14</v>
       </c>
       <c r="E545" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F545" t="s">
         <v>72</v>
       </c>
       <c r="G545" t="s">
-        <v>882</v>
+        <v>398</v>
       </c>
       <c r="H545" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I545" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J545" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K545" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="546" spans="1:11">
       <c r="A546" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B546" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C546" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c r="D546" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E546" t="s">
         <v>23</v>
       </c>
       <c r="F546" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G546" t="s">
-        <v>882</v>
+        <v>869</v>
       </c>
       <c r="H546" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I546" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J546" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="K546" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="547" spans="1:11">
       <c r="A547" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B547" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C547" t="s">
-        <v>884</v>
+        <v>871</v>
       </c>
       <c r="D547" t="s">
         <v>14</v>
       </c>
       <c r="E547" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F547" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G547" t="s">
-        <v>155</v>
+        <v>872</v>
       </c>
       <c r="H547" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I547" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J547" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K547" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="548" spans="1:11">
       <c r="A548" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B548" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C548" t="s">
-        <v>885</v>
+        <v>873</v>
       </c>
       <c r="D548" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E548" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F548" t="s">
-        <v>129</v>
+        <v>57</v>
       </c>
       <c r="G548" t="s">
-        <v>155</v>
+        <v>869</v>
       </c>
       <c r="H548" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I548" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J548" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="K548" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="549" spans="1:11">
       <c r="A549" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B549" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C549" t="s">
-        <v>886</v>
+        <v>874</v>
       </c>
       <c r="D549" t="s">
         <v>14</v>
       </c>
       <c r="E549" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F549" t="s">
         <v>72</v>
       </c>
       <c r="G549" t="s">
-        <v>887</v>
+        <v>875</v>
       </c>
       <c r="H549" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I549" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J549" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K549" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="550" spans="1:11">
       <c r="A550" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B550" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C550" t="s">
-        <v>888</v>
+        <v>876</v>
       </c>
       <c r="D550" t="s">
         <v>14</v>
       </c>
       <c r="E550" t="s">
         <v>23</v>
       </c>
       <c r="F550" t="s">
         <v>72</v>
       </c>
       <c r="G550" t="s">
-        <v>887</v>
+        <v>676</v>
       </c>
       <c r="H550" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I550" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J550" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K550" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="551" spans="1:11">
       <c r="A551" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B551" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C551" t="s">
-        <v>501</v>
+        <v>877</v>
       </c>
       <c r="D551" t="s">
         <v>14</v>
       </c>
       <c r="E551" t="s">
         <v>15</v>
       </c>
       <c r="F551" t="s">
         <v>72</v>
       </c>
       <c r="G551" t="s">
-        <v>889</v>
+        <v>878</v>
       </c>
       <c r="H551" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I551" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J551" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="K551" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="552" spans="1:11">
       <c r="A552" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B552" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C552" t="s">
-        <v>890</v>
+        <v>493</v>
       </c>
       <c r="D552" t="s">
         <v>14</v>
       </c>
       <c r="E552" t="s">
         <v>23</v>
       </c>
       <c r="F552" t="s">
         <v>72</v>
       </c>
       <c r="G552" t="s">
-        <v>889</v>
+        <v>857</v>
       </c>
       <c r="H552" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I552" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J552" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K552" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="553" spans="1:11">
       <c r="A553" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B553" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C553" t="s">
-        <v>891</v>
+        <v>492</v>
       </c>
       <c r="D553" t="s">
         <v>27</v>
       </c>
       <c r="E553" t="s">
         <v>15</v>
       </c>
       <c r="F553" t="s">
         <v>57</v>
       </c>
       <c r="G553" t="s">
-        <v>225</v>
+        <v>865</v>
       </c>
       <c r="H553" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I553" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J553" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K553" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="554" spans="1:11">
       <c r="A554" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B554" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C554" t="s">
-        <v>892</v>
+        <v>880</v>
       </c>
       <c r="D554" t="s">
         <v>27</v>
       </c>
       <c r="E554" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F554" t="s">
         <v>57</v>
       </c>
       <c r="G554" t="s">
-        <v>225</v>
+        <v>881</v>
       </c>
       <c r="H554" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I554" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J554" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K554" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="555" spans="1:11">
       <c r="A555" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B555" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C555" t="s">
-        <v>490</v>
+        <v>882</v>
       </c>
       <c r="D555" t="s">
         <v>27</v>
       </c>
       <c r="E555" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F555" t="s">
         <v>57</v>
       </c>
       <c r="G555" t="s">
-        <v>893</v>
+        <v>881</v>
       </c>
       <c r="H555" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I555" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J555" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K555" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="556" spans="1:11">
       <c r="A556" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B556" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C556" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="D556" t="s">
         <v>27</v>
       </c>
       <c r="E556" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F556" t="s">
         <v>57</v>
       </c>
       <c r="G556" t="s">
-        <v>893</v>
+        <v>884</v>
       </c>
       <c r="H556" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I556" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J556" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K556" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="557" spans="1:11">
       <c r="A557" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B557" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C557" t="s">
-        <v>895</v>
+        <v>885</v>
       </c>
       <c r="D557" t="s">
         <v>27</v>
       </c>
       <c r="E557" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F557" t="s">
         <v>57</v>
       </c>
       <c r="G557" t="s">
-        <v>896</v>
+        <v>886</v>
       </c>
       <c r="H557" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I557" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J557" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K557" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="558" spans="1:11">
       <c r="A558" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B558" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C558" t="s">
-        <v>897</v>
+        <v>887</v>
       </c>
       <c r="D558" t="s">
         <v>27</v>
       </c>
       <c r="E558" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F558" t="s">
         <v>57</v>
       </c>
       <c r="G558" t="s">
-        <v>896</v>
+        <v>856</v>
       </c>
       <c r="H558" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I558" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J558" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K558" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="559" spans="1:11">
       <c r="A559" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B559" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C559" t="s">
-        <v>898</v>
+        <v>888</v>
       </c>
       <c r="D559" t="s">
         <v>27</v>
       </c>
       <c r="E559" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F559" t="s">
         <v>57</v>
       </c>
       <c r="G559" t="s">
-        <v>899</v>
+        <v>852</v>
       </c>
       <c r="H559" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I559" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J559" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K559" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="560" spans="1:11">
       <c r="A560" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B560" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C560" t="s">
-        <v>900</v>
+        <v>889</v>
       </c>
       <c r="D560" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E560" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F560" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G560" t="s">
-        <v>899</v>
+        <v>875</v>
       </c>
       <c r="H560" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I560" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J560" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K560" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="561" spans="1:11">
       <c r="A561" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B561" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C561" t="s">
-        <v>901</v>
+        <v>487</v>
       </c>
       <c r="D561" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E561" t="s">
         <v>15</v>
       </c>
       <c r="F561" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G561" t="s">
-        <v>902</v>
+        <v>861</v>
       </c>
       <c r="H561" t="s">
-        <v>867</v>
+        <v>890</v>
       </c>
       <c r="I561" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J561" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K561" s="8" t="s">
-        <v>869</v>
+        <v>277</v>
       </c>
     </row>
     <row r="562" spans="1:11">
       <c r="A562" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B562" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C562" t="s">
-        <v>903</v>
+        <v>891</v>
       </c>
       <c r="D562" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E562" t="s">
         <v>23</v>
       </c>
       <c r="F562" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G562" t="s">
-        <v>902</v>
+        <v>863</v>
       </c>
       <c r="H562" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I562" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J562" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K562" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="563" spans="1:11">
       <c r="A563" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B563" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C563" t="s">
-        <v>904</v>
+        <v>892</v>
       </c>
       <c r="D563" t="s">
         <v>27</v>
       </c>
       <c r="E563" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F563" t="s">
         <v>57</v>
       </c>
       <c r="G563" t="s">
-        <v>905</v>
+        <v>850</v>
       </c>
       <c r="H563" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I563" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J563" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K563" s="8" t="s">
-        <v>869</v>
+        <v>893</v>
       </c>
     </row>
     <row r="564" spans="1:11">
       <c r="A564" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B564" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C564" t="s">
-        <v>906</v>
+        <v>894</v>
       </c>
       <c r="D564" t="s">
         <v>27</v>
       </c>
       <c r="E564" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F564" t="s">
         <v>57</v>
       </c>
       <c r="G564" t="s">
-        <v>905</v>
+        <v>886</v>
       </c>
       <c r="H564" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I564" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J564" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K564" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="565" spans="1:11">
       <c r="A565" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B565" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C565" t="s">
-        <v>907</v>
+        <v>895</v>
       </c>
       <c r="D565" t="s">
         <v>27</v>
       </c>
       <c r="E565" t="s">
         <v>15</v>
       </c>
       <c r="F565" t="s">
         <v>57</v>
       </c>
       <c r="G565" t="s">
-        <v>835</v>
+        <v>872</v>
       </c>
       <c r="H565" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I565" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J565" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K565" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="566" spans="1:11">
       <c r="A566" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B566" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C566" t="s">
-        <v>908</v>
+        <v>896</v>
       </c>
       <c r="D566" t="s">
         <v>27</v>
       </c>
       <c r="E566" t="s">
         <v>23</v>
       </c>
       <c r="F566" t="s">
         <v>57</v>
       </c>
       <c r="G566" t="s">
-        <v>835</v>
+        <v>859</v>
       </c>
       <c r="H566" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I566" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J566" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="K566" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="567" spans="1:11">
       <c r="A567" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B567" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C567" t="s">
-        <v>909</v>
+        <v>798</v>
       </c>
       <c r="D567" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E567" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F567" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G567" t="s">
-        <v>910</v>
+        <v>897</v>
       </c>
       <c r="H567" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I567" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J567" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K567" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="568" spans="1:11">
       <c r="A568" s="3" t="s">
-        <v>864</v>
+        <v>843</v>
       </c>
       <c r="B568" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C568" t="s">
-        <v>850</v>
+        <v>802</v>
       </c>
       <c r="D568" t="s">
         <v>27</v>
       </c>
       <c r="E568" t="s">
         <v>23</v>
       </c>
       <c r="F568" t="s">
         <v>57</v>
       </c>
       <c r="G568" t="s">
-        <v>910</v>
+        <v>884</v>
       </c>
       <c r="H568" t="s">
-        <v>867</v>
+        <v>845</v>
       </c>
       <c r="I568" t="s">
-        <v>776</v>
+        <v>846</v>
       </c>
       <c r="J568" t="s">
-        <v>868</v>
+        <v>847</v>
       </c>
       <c r="K568" s="8" t="s">
-        <v>869</v>
+        <v>848</v>
       </c>
     </row>
     <row r="569" spans="1:11">
       <c r="A569" s="3" t="s">
-        <v>864</v>
+        <v>898</v>
       </c>
       <c r="B569" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="C569" t="s">
-        <v>911</v>
+        <v>82</v>
       </c>
       <c r="D569" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E569" t="s">
         <v>15</v>
       </c>
       <c r="F569" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G569" t="s">
-        <v>912</v>
+        <v>83</v>
       </c>
       <c r="H569" t="s">
-        <v>867</v>
+        <v>899</v>
       </c>
       <c r="I569" t="s">
-        <v>776</v>
+        <v>900</v>
       </c>
       <c r="J569" t="s">
-        <v>868</v>
+        <v>901</v>
       </c>
       <c r="K569" s="8" t="s">
-        <v>869</v>
+        <v>902</v>
       </c>
     </row>
     <row r="570" spans="1:11">
       <c r="A570" s="3" t="s">
-        <v>864</v>
+        <v>898</v>
       </c>
       <c r="B570" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="C570" t="s">
-        <v>913</v>
+        <v>903</v>
       </c>
       <c r="D570" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E570" t="s">
         <v>23</v>
       </c>
       <c r="F570" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G570" t="s">
-        <v>912</v>
+        <v>83</v>
       </c>
       <c r="H570" t="s">
-        <v>867</v>
+        <v>899</v>
       </c>
       <c r="I570" t="s">
-        <v>776</v>
+        <v>900</v>
       </c>
       <c r="J570" t="s">
-        <v>868</v>
+        <v>901</v>
       </c>
       <c r="K570" s="8" t="s">
-        <v>869</v>
+        <v>902</v>
       </c>
     </row>
     <row r="571" spans="1:11">
       <c r="A571" s="3" t="s">
-        <v>864</v>
+        <v>898</v>
       </c>
       <c r="B571" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="C571" t="s">
-        <v>823</v>
+        <v>904</v>
       </c>
       <c r="D571" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E571" t="s">
         <v>15</v>
       </c>
       <c r="F571" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G571" t="s">
-        <v>914</v>
+        <v>488</v>
       </c>
       <c r="H571" t="s">
-        <v>867</v>
+        <v>899</v>
       </c>
       <c r="I571" t="s">
-        <v>776</v>
+        <v>900</v>
       </c>
       <c r="J571" t="s">
-        <v>868</v>
+        <v>901</v>
       </c>
       <c r="K571" s="8" t="s">
-        <v>869</v>
+        <v>902</v>
       </c>
     </row>
     <row r="572" spans="1:11">
       <c r="A572" s="3" t="s">
-        <v>864</v>
+        <v>898</v>
       </c>
       <c r="B572" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="C572" t="s">
-        <v>915</v>
+        <v>200</v>
       </c>
       <c r="D572" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E572" t="s">
         <v>23</v>
       </c>
       <c r="F572" t="s">
-        <v>57</v>
+        <v>72</v>
       </c>
       <c r="G572" t="s">
-        <v>914</v>
+        <v>488</v>
       </c>
       <c r="H572" t="s">
-        <v>867</v>
+        <v>899</v>
       </c>
       <c r="I572" t="s">
-        <v>776</v>
+        <v>900</v>
       </c>
       <c r="J572" t="s">
-        <v>868</v>
+        <v>901</v>
       </c>
       <c r="K572" s="8" t="s">
-        <v>869</v>
+        <v>902</v>
       </c>
     </row>
     <row r="573" spans="1:11">
       <c r="A573" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B573" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C573" t="s">
-        <v>82</v>
+        <v>99</v>
       </c>
       <c r="D573" t="s">
         <v>14</v>
       </c>
       <c r="E573" t="s">
         <v>15</v>
       </c>
       <c r="F573" t="s">
         <v>72</v>
       </c>
       <c r="G573" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="H573" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I573" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J573" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K573" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="574" spans="1:11">
       <c r="A574" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B574" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C574" t="s">
-        <v>921</v>
+        <v>71</v>
       </c>
       <c r="D574" t="s">
         <v>14</v>
       </c>
       <c r="E574" t="s">
         <v>23</v>
       </c>
       <c r="F574" t="s">
         <v>72</v>
       </c>
       <c r="G574" t="s">
-        <v>83</v>
+        <v>70</v>
       </c>
       <c r="H574" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I574" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J574" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K574" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="575" spans="1:11">
       <c r="A575" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B575" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C575" t="s">
-        <v>922</v>
+        <v>905</v>
       </c>
       <c r="D575" t="s">
         <v>14</v>
       </c>
       <c r="E575" t="s">
         <v>15</v>
       </c>
       <c r="F575" t="s">
         <v>72</v>
       </c>
       <c r="G575" t="s">
-        <v>486</v>
+        <v>236</v>
       </c>
       <c r="H575" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I575" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J575" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K575" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="576" spans="1:11">
       <c r="A576" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B576" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C576" t="s">
-        <v>199</v>
+        <v>906</v>
       </c>
       <c r="D576" t="s">
         <v>14</v>
       </c>
       <c r="E576" t="s">
         <v>23</v>
       </c>
       <c r="F576" t="s">
         <v>72</v>
       </c>
       <c r="G576" t="s">
-        <v>486</v>
+        <v>236</v>
       </c>
       <c r="H576" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I576" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J576" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K576" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="577" spans="1:11">
       <c r="A577" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B577" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C577" t="s">
-        <v>99</v>
+        <v>907</v>
       </c>
       <c r="D577" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E577" t="s">
         <v>15</v>
       </c>
       <c r="F577" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G577" t="s">
-        <v>70</v>
+        <v>908</v>
       </c>
       <c r="H577" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I577" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J577" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K577" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="578" spans="1:11">
       <c r="A578" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B578" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C578" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
       <c r="D578" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E578" t="s">
         <v>23</v>
       </c>
       <c r="F578" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G578" t="s">
-        <v>70</v>
+        <v>908</v>
       </c>
       <c r="H578" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I578" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J578" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K578" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="579" spans="1:11">
       <c r="A579" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B579" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C579" t="s">
-        <v>923</v>
+        <v>909</v>
       </c>
       <c r="D579" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E579" t="s">
         <v>15</v>
       </c>
       <c r="F579" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G579" t="s">
-        <v>234</v>
+        <v>910</v>
       </c>
       <c r="H579" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I579" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J579" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K579" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="580" spans="1:11">
       <c r="A580" s="3" t="s">
-        <v>916</v>
+        <v>898</v>
       </c>
       <c r="B580" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C580" t="s">
-        <v>924</v>
+        <v>911</v>
       </c>
       <c r="D580" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E580" t="s">
         <v>23</v>
       </c>
       <c r="F580" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="G580" t="s">
-        <v>234</v>
+        <v>910</v>
       </c>
       <c r="H580" t="s">
-        <v>917</v>
+        <v>899</v>
       </c>
       <c r="I580" t="s">
-        <v>918</v>
+        <v>900</v>
       </c>
       <c r="J580" t="s">
-        <v>919</v>
+        <v>901</v>
       </c>
       <c r="K580" s="8" t="s">
-        <v>920</v>
+        <v>902</v>
       </c>
     </row>
     <row r="581" spans="1:11">
       <c r="A581" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="B581" t="s">
+        <v>127</v>
+      </c>
+      <c r="C581" t="s">
+        <v>196</v>
+      </c>
+      <c r="D581" t="s">
+        <v>14</v>
+      </c>
+      <c r="E581" t="s">
+        <v>15</v>
+      </c>
+      <c r="F581" t="s">
+        <v>72</v>
+      </c>
+      <c r="G581" t="s">
+        <v>236</v>
+      </c>
+      <c r="H581" t="s">
+        <v>913</v>
+      </c>
+      <c r="I581" t="s">
+        <v>914</v>
+      </c>
+      <c r="J581" t="s">
+        <v>915</v>
+      </c>
+      <c r="K581" s="8" t="s">
         <v>916</v>
-      </c>
-[...28 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="582" spans="1:11">
       <c r="A582" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="B582" t="s">
+        <v>127</v>
+      </c>
+      <c r="C582" t="s">
+        <v>237</v>
+      </c>
+      <c r="D582" t="s">
+        <v>14</v>
+      </c>
+      <c r="E582" t="s">
+        <v>23</v>
+      </c>
+      <c r="F582" t="s">
+        <v>72</v>
+      </c>
+      <c r="G582" t="s">
+        <v>236</v>
+      </c>
+      <c r="H582" t="s">
+        <v>913</v>
+      </c>
+      <c r="I582" t="s">
+        <v>914</v>
+      </c>
+      <c r="J582" t="s">
+        <v>915</v>
+      </c>
+      <c r="K582" s="8" t="s">
         <v>916</v>
-      </c>
-[...28 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="583" spans="1:11">
       <c r="A583" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="B583" t="s">
+        <v>127</v>
+      </c>
+      <c r="C583" t="s">
+        <v>917</v>
+      </c>
+      <c r="D583" t="s">
+        <v>14</v>
+      </c>
+      <c r="E583" t="s">
+        <v>15</v>
+      </c>
+      <c r="F583" t="s">
+        <v>72</v>
+      </c>
+      <c r="G583" t="s">
+        <v>127</v>
+      </c>
+      <c r="H583" t="s">
+        <v>913</v>
+      </c>
+      <c r="I583" t="s">
+        <v>914</v>
+      </c>
+      <c r="J583" t="s">
+        <v>918</v>
+      </c>
+      <c r="K583" s="8" t="s">
         <v>916</v>
-      </c>
-[...28 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="584" spans="1:11">
       <c r="A584" s="3" t="s">
+        <v>912</v>
+      </c>
+      <c r="B584" t="s">
+        <v>127</v>
+      </c>
+      <c r="C584" t="s">
+        <v>919</v>
+      </c>
+      <c r="D584" t="s">
+        <v>14</v>
+      </c>
+      <c r="E584" t="s">
+        <v>23</v>
+      </c>
+      <c r="F584" t="s">
+        <v>72</v>
+      </c>
+      <c r="G584" t="s">
+        <v>127</v>
+      </c>
+      <c r="H584" t="s">
+        <v>913</v>
+      </c>
+      <c r="I584" t="s">
+        <v>914</v>
+      </c>
+      <c r="J584" t="s">
+        <v>915</v>
+      </c>
+      <c r="K584" s="8" t="s">
         <v>916</v>
-      </c>
-[...28 lines deleted...]
-        <v>920</v>
       </c>
     </row>
     <row r="585" spans="1:11">
       <c r="A585" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B585" t="s">
         <v>127</v>
       </c>
       <c r="C585" t="s">
-        <v>195</v>
+        <v>920</v>
       </c>
       <c r="D585" t="s">
         <v>14</v>
       </c>
       <c r="E585" t="s">
         <v>15</v>
       </c>
       <c r="F585" t="s">
         <v>72</v>
       </c>
       <c r="G585" t="s">
-        <v>234</v>
+        <v>83</v>
       </c>
       <c r="H585" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I585" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J585" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="K585" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="586" spans="1:11">
       <c r="A586" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B586" t="s">
         <v>127</v>
       </c>
       <c r="C586" t="s">
-        <v>235</v>
+        <v>921</v>
       </c>
       <c r="D586" t="s">
         <v>14</v>
       </c>
       <c r="E586" t="s">
         <v>23</v>
       </c>
       <c r="F586" t="s">
         <v>72</v>
       </c>
       <c r="G586" t="s">
-        <v>234</v>
+        <v>83</v>
       </c>
       <c r="H586" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I586" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J586" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="K586" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="587" spans="1:11">
       <c r="A587" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B587" t="s">
         <v>127</v>
       </c>
       <c r="C587" t="s">
-        <v>935</v>
+        <v>922</v>
       </c>
       <c r="D587" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E587" t="s">
         <v>15</v>
       </c>
       <c r="F587" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="G587" t="s">
-        <v>127</v>
+        <v>923</v>
       </c>
       <c r="H587" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I587" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J587" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K587" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="588" spans="1:11">
       <c r="A588" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B588" t="s">
         <v>127</v>
       </c>
       <c r="C588" t="s">
-        <v>937</v>
+        <v>924</v>
       </c>
       <c r="D588" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E588" t="s">
         <v>23</v>
       </c>
       <c r="F588" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="G588" t="s">
-        <v>127</v>
+        <v>923</v>
       </c>
       <c r="H588" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I588" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J588" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="K588" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="589" spans="1:11">
       <c r="A589" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B589" t="s">
         <v>127</v>
       </c>
       <c r="C589" t="s">
-        <v>938</v>
+        <v>925</v>
       </c>
       <c r="D589" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E589" t="s">
         <v>15</v>
       </c>
       <c r="F589" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="G589" t="s">
-        <v>83</v>
+        <v>926</v>
       </c>
       <c r="H589" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I589" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J589" t="s">
-        <v>936</v>
+        <v>915</v>
       </c>
       <c r="K589" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="590" spans="1:11">
       <c r="A590" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B590" t="s">
         <v>127</v>
       </c>
       <c r="C590" t="s">
-        <v>939</v>
+        <v>927</v>
       </c>
       <c r="D590" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E590" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F590" t="s">
-        <v>72</v>
+        <v>226</v>
       </c>
       <c r="G590" t="s">
-        <v>83</v>
+        <v>928</v>
       </c>
       <c r="H590" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I590" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J590" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K590" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="591" spans="1:11">
       <c r="A591" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B591" t="s">
         <v>127</v>
       </c>
       <c r="C591" t="s">
-        <v>940</v>
+        <v>929</v>
       </c>
       <c r="D591" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E591" t="s">
         <v>15</v>
       </c>
       <c r="F591" t="s">
-        <v>224</v>
+        <v>930</v>
       </c>
       <c r="G591" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
       <c r="H591" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I591" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J591" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K591" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="592" spans="1:11">
       <c r="A592" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B592" t="s">
         <v>127</v>
       </c>
       <c r="C592" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="D592" t="s">
         <v>27</v>
       </c>
       <c r="E592" t="s">
         <v>23</v>
       </c>
       <c r="F592" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G592" t="s">
-        <v>941</v>
+        <v>928</v>
       </c>
       <c r="H592" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I592" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J592" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K592" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="593" spans="1:11">
       <c r="A593" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B593" t="s">
         <v>127</v>
       </c>
       <c r="C593" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="D593" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E593" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F593" t="s">
-        <v>224</v>
+        <v>930</v>
       </c>
       <c r="G593" t="s">
-        <v>944</v>
+        <v>931</v>
       </c>
       <c r="H593" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I593" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J593" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="K593" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="594" spans="1:11">
       <c r="A594" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B594" t="s">
         <v>127</v>
       </c>
       <c r="C594" t="s">
-        <v>945</v>
+        <v>934</v>
       </c>
       <c r="D594" t="s">
         <v>27</v>
       </c>
       <c r="E594" t="s">
         <v>15</v>
       </c>
       <c r="F594" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G594" t="s">
-        <v>946</v>
+        <v>935</v>
       </c>
       <c r="H594" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I594" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J594" t="s">
-        <v>936</v>
+        <v>915</v>
       </c>
       <c r="K594" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="595" spans="1:11">
       <c r="A595" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B595" t="s">
         <v>127</v>
       </c>
       <c r="C595" t="s">
-        <v>947</v>
+        <v>936</v>
       </c>
       <c r="D595" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E595" t="s">
         <v>15</v>
       </c>
       <c r="F595" t="s">
-        <v>948</v>
+        <v>226</v>
       </c>
       <c r="G595" t="s">
-        <v>949</v>
+        <v>937</v>
       </c>
       <c r="H595" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I595" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J595" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K595" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="596" spans="1:11">
       <c r="A596" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B596" t="s">
         <v>127</v>
       </c>
       <c r="C596" t="s">
-        <v>950</v>
+        <v>938</v>
       </c>
       <c r="D596" t="s">
         <v>27</v>
       </c>
       <c r="E596" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F596" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G596" t="s">
-        <v>946</v>
+        <v>939</v>
       </c>
       <c r="H596" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I596" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J596" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K596" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="597" spans="1:11">
       <c r="A597" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B597" t="s">
         <v>127</v>
       </c>
       <c r="C597" t="s">
-        <v>951</v>
+        <v>940</v>
       </c>
       <c r="D597" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E597" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F597" t="s">
-        <v>948</v>
+        <v>509</v>
       </c>
       <c r="G597" t="s">
-        <v>949</v>
+        <v>941</v>
       </c>
       <c r="H597" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I597" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J597" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K597" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="598" spans="1:11">
       <c r="A598" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B598" t="s">
         <v>127</v>
       </c>
       <c r="C598" t="s">
-        <v>901</v>
+        <v>942</v>
       </c>
       <c r="D598" t="s">
         <v>27</v>
       </c>
       <c r="E598" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F598" t="s">
-        <v>224</v>
+        <v>509</v>
       </c>
       <c r="G598" t="s">
-        <v>952</v>
+        <v>941</v>
       </c>
       <c r="H598" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I598" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J598" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="K598" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="599" spans="1:11">
       <c r="A599" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B599" t="s">
         <v>127</v>
       </c>
       <c r="C599" t="s">
-        <v>953</v>
+        <v>943</v>
       </c>
       <c r="D599" t="s">
-        <v>27</v>
+        <v>14</v>
       </c>
       <c r="E599" t="s">
         <v>15</v>
       </c>
       <c r="F599" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G599" t="s">
-        <v>954</v>
+        <v>588</v>
       </c>
       <c r="H599" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I599" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J599" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K599" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="600" spans="1:11">
       <c r="A600" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B600" t="s">
         <v>127</v>
       </c>
       <c r="C600" t="s">
-        <v>955</v>
+        <v>413</v>
       </c>
       <c r="D600" t="s">
         <v>27</v>
       </c>
       <c r="E600" t="s">
         <v>15</v>
       </c>
       <c r="F600" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G600" t="s">
-        <v>956</v>
+        <v>944</v>
       </c>
       <c r="H600" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I600" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J600" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K600" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="601" spans="1:11">
       <c r="A601" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B601" t="s">
         <v>127</v>
       </c>
       <c r="C601" t="s">
-        <v>957</v>
+        <v>945</v>
       </c>
       <c r="D601" t="s">
         <v>27</v>
       </c>
       <c r="E601" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F601" t="s">
-        <v>507</v>
+        <v>226</v>
       </c>
       <c r="G601" t="s">
-        <v>958</v>
+        <v>944</v>
       </c>
       <c r="H601" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I601" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J601" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K601" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="602" spans="1:11">
       <c r="A602" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B602" t="s">
         <v>127</v>
       </c>
       <c r="C602" t="s">
-        <v>959</v>
+        <v>946</v>
       </c>
       <c r="D602" t="s">
         <v>27</v>
       </c>
       <c r="E602" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="F602" t="s">
-        <v>507</v>
+        <v>226</v>
       </c>
       <c r="G602" t="s">
-        <v>958</v>
+        <v>947</v>
       </c>
       <c r="H602" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I602" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J602" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K602" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="603" spans="1:11">
       <c r="A603" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B603" t="s">
         <v>127</v>
       </c>
       <c r="C603" t="s">
-        <v>960</v>
+        <v>948</v>
       </c>
       <c r="D603" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="E603" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="F603" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G603" t="s">
-        <v>586</v>
+        <v>947</v>
       </c>
       <c r="H603" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I603" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J603" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K603" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="604" spans="1:11">
       <c r="A604" s="3" t="s">
-        <v>930</v>
+        <v>912</v>
       </c>
       <c r="B604" t="s">
         <v>127</v>
       </c>
       <c r="C604" t="s">
-        <v>411</v>
+        <v>949</v>
       </c>
       <c r="D604" t="s">
         <v>27</v>
       </c>
       <c r="E604" t="s">
         <v>15</v>
       </c>
       <c r="F604" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="G604" t="s">
-        <v>961</v>
+        <v>950</v>
       </c>
       <c r="H604" t="s">
-        <v>931</v>
+        <v>913</v>
       </c>
       <c r="I604" t="s">
-        <v>932</v>
+        <v>914</v>
       </c>
       <c r="J604" t="s">
-        <v>936</v>
+        <v>918</v>
       </c>
       <c r="K604" s="8" t="s">
-        <v>934</v>
+        <v>916</v>
       </c>
     </row>
     <row r="605" spans="1:11">
-      <c r="A605" s="3" t="s">
-[...2 lines deleted...]
-      <c r="B605" t="s">
+      <c r="A605" s="4" t="s">
+        <v>912</v>
+      </c>
+      <c r="B605" s="6" t="s">
         <v>127</v>
       </c>
-      <c r="C605" t="s">
-[...164 lines deleted...]
-        <v>934</v>
+      <c r="C605" s="6" t="s">
+        <v>951</v>
+      </c>
+      <c r="D605" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="E605" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F605" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="G605" s="6" t="s">
+        <v>950</v>
+      </c>
+      <c r="H605" s="6" t="s">
+        <v>913</v>
+      </c>
+      <c r="I605" s="6" t="s">
+        <v>914</v>
+      </c>
+      <c r="J605" s="6" t="s">
+        <v>918</v>
+      </c>
+      <c r="K605" s="9" t="s">
+        <v>916</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="A1:K1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>